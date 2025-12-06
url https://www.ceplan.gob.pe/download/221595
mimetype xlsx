--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -1,1263 +1,1189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lourd\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{70DB4BEC-F180-4E0E-A1CF-E7C4956F6BA9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3FC297CF-6CD8-4182-BC8A-B3647986704A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="1. Políticas Nacionales" sheetId="2" r:id="rId1"/>
+    <sheet name="1. PN APROBADAS" sheetId="2" r:id="rId1"/>
+    <sheet name="2. PN EN PROCESO (FORM. Y ACT)" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'1. Políticas Nacionales'!$B$2:$K$76</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'2. PN EN PROCESO (FORM. Y ACT)'!$A$1:$I$24</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="0"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext uri="GoogleSheetsCustomDataVersion2">
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId9" roundtripDataChecksum="DnvHPXswT7Ujm6wDn+lZIqa5LvbATvIz6mt0brp0U7w="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="595" uniqueCount="275">
+  <si>
+    <t>N°</t>
+  </si>
   <si>
     <t>MINISTERIO CONDUCTOR / RECTOR DEL DOCUMENTO</t>
   </si>
   <si>
     <t>NOMBRE DE LA POLITICA</t>
   </si>
   <si>
     <t>TIPO DE POLITICA</t>
   </si>
   <si>
+    <t>LISTA SECTORIAL O NUEVA</t>
+  </si>
+  <si>
     <t>TIPO DE NORMA DE APROBACION</t>
   </si>
   <si>
     <t>NORMA APROBACION FINAL</t>
   </si>
   <si>
+    <t>FECHA DE EMISIÓN DE LA NORMA</t>
+  </si>
+  <si>
+    <t>VÍNCULO PARA ACCEDER A LA POLÍTICA NACIONAL</t>
+  </si>
+  <si>
     <t>PCM</t>
   </si>
   <si>
+    <t>Política Nacional de Gestión del Riesgo de Desastres al 2050</t>
+  </si>
+  <si>
+    <t>Multisectorial</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lista Sectorial </t>
+  </si>
+  <si>
+    <t>D.S. N° 038-2021-PCM</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1862223/Pol%C3%ADtica%20nacional%20de%20gestion%20del%20riesgo%20de%20desastres%20al%202050.pdf.pdf?v=1619822227</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1862222/D.%20S%20N%20038-2021-PCM%20-%20Politica%20nacional%20de%20gestion%20del%20riesgo%20de%20desastres%20al%202050.pdf.pdf?v=1619817033</t>
+  </si>
+  <si>
+    <t>Política Nacional contra las Drogas al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 192-2020-PCM</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2012814/Pol%C3%ADtica%20Nacional%20Contra%20Drogas%20al%202030.pdf.pdf</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1490702/DS%20N%C2%B0%20192-2020-PCM.pdf.pdf?v=1608683562</t>
+  </si>
+  <si>
+    <t>Política Nacional de Integridad y Lucha contra la Corrupción</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Resolución Ministerial </t>
+  </si>
+  <si>
+    <t>R.M N° 248-2019-PCM</t>
+  </si>
+  <si>
+    <t>En proceso de actualización</t>
+  </si>
+  <si>
+    <t>Política Nacional de Modernización de la Gestión Pública al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 103-2022-PCM</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3531092/POL%C3%8DTICA%20NACIONAL%20DE%20MODERNIZACI%C3%93N%20DE%20LA%20GESTI%C3%93N%20P%C3%9ABLICA%20AL%202030%281%29.pdf.pdf</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3527135/DS%20N%C2%B0%20103-2022-PCM.pdf.pdf?v=1661208943</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial de Transformación Digital al 2030</t>
+  </si>
+  <si>
+    <t>Nueva</t>
+  </si>
+  <si>
+    <t>D.S. N° 085-2023-PCM</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/4932850/Pol%C3%ADtica%20Nacional%20de%20Transformaci%C3%B3n%20Digital%20al%202030.pdf?v=1691014709</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/4912522/Decreto%20Supremo%20N.%C2%B0085-2023-PCM.pdf?v=1690542137</t>
+  </si>
+  <si>
+    <t>Política Nacional de Cultura al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 009-2020-MC</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1025961/PNC_VERSI%C3%93N_FINAL_2.pdf?v=1595329988</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1044866/DECRETO_SUPREMO_N__009-2020-MC.pdf?v=1595682890</t>
+  </si>
+  <si>
     <t>MINCUL</t>
   </si>
   <si>
+    <t>Política Nacional de Lenguas Originarias, Tradición Oral e Interculturalidad al 2040</t>
+  </si>
+  <si>
+    <t>D.S. N° 012-2021-MC</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2023052/DECRETO%20SUPREMO%20O12-2021-MC%20-ANEXO.pdf.pdf?v=1626721277</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2022679/DECRETO%20SUPREMO%20O12-2021-MC.pdf.pdf?v=1626712803</t>
+  </si>
+  <si>
+    <t>Política Nacional para la Transversalización del Enfoque Intercultural</t>
+  </si>
+  <si>
+    <t>R.M N° 330-2019-MC</t>
+  </si>
+  <si>
+    <t>Política Nacional de la Lectura, el Libro y Bibliotecas al 2030</t>
+  </si>
+  <si>
+    <t>Sectorial</t>
+  </si>
+  <si>
+    <t>D.S. N° 007-2022-MC</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3495804/DS%20007-2022-MC%20-%20ANEXO%201.pdf.pdf?v=1660258128</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3495490/DS%20007-2022-MC.pdf.pdf?v=1660256182</t>
+  </si>
+  <si>
+    <t>Política Nacional del Pueblo Afroperuano al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 005-2022-MC</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3202061/PNPA%20al%202030.pdf.pdf?v=1654272957</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3198310/DS%20N%20005-2022-MC.pdf.pdf?v=1655479031</t>
+  </si>
+  <si>
     <t>MINAM</t>
   </si>
   <si>
+    <t>Política Nacional del Ambiente al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 023-2021-MINAM</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2037169/POLITICA%20NACIONAL%20DEL%20AMBIENTE%20AL%202030.pdf.pdf?v=1627230844</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2037168/D.S.%20023-2021-MINAM.pdf.pdf?v=1627230844</t>
+  </si>
+  <si>
+    <t>D.S. N° 012-2024-MINAM</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/7287707/6228754-decreto-supremo-012-2024-minam.pdf?v=1732718056</t>
+  </si>
+  <si>
+    <t>MINJUSDH</t>
+  </si>
+  <si>
+    <t>Política Nacional del Adolescente en Riesgo y en Conflicto con la Ley Penal al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 009-2023-JUS</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/5298231/4756587-ds-n-009-2023-jus-aprueba-la-politica-nacional-del-adolescente-en-riesgo-y-en-conflicto-con-la-ley-penal-al-2030.pdf?v=1697649550</t>
+  </si>
+  <si>
+    <t>Política Nacional Penitenciaria al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N°011-2020-JUS</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1539385/DS%20N%C2%B0011-2020-JUS%20DGAC.pdf.pdf?v=1614642190</t>
+  </si>
+  <si>
+    <t>Plan para la Consolidación de la Reforma Procesal Penal</t>
+  </si>
+  <si>
+    <t>R.M N° 0290-2019-JUS</t>
+  </si>
+  <si>
+    <t>En proceso de formulación</t>
+  </si>
+  <si>
     <t>MININTER</t>
   </si>
   <si>
+    <t>Poítica Nacional de Lucha contra el Crimen Organizado 2019-2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 017-2019-IN</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/342934/D.S._N__017-2019-IN__Decreto_Supremo_que_Aprueba_la_Pol%C3%ADtica_Nacional_Multisectorial_de_Lucha_contra_el_Crimen_Organizado_2019-2030_.pdf?v=1563458939</t>
+  </si>
+  <si>
+    <t>D.S. N° 023-2019-IN</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/396873/D.S._N__023-2019-IN.pdf?v=1571677742</t>
+  </si>
+  <si>
+    <t>Política Nacional frente a la Trata de Personas y sus formas de explotación al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 009-2021-IN</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2050294/Decreto%20Supremo%20N%C2%B0%20009-2021-IN.pdf?v=1628273259</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial de Seguridad Ciudadana al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 006-2022-IN</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3390077/ANEXO%20006-2022-IN.pdf?v=1657555077</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3390076/006-2022-IN.pdf?v=1657555077</t>
+  </si>
+  <si>
     <t>MRE</t>
   </si>
   <si>
+    <t>Política Nacional de Cooperación Técnica Internacional al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 008-2023-RE</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/4466913/Pol%C3%ADtica%20Nacional%20de%20Cooperaci%C3%B3n%20T%C3%A9cnica%20Internacional%20al%202030.pdf?v=1682111026</t>
+  </si>
+  <si>
+    <t>https://busquedas.elperuano.pe/normaslegales/decreto-supremo-que-aprueba-la-politica-nacional-de-cooperac-decreto-supremo-n-008-2023-re-2169917-1/</t>
+  </si>
+  <si>
+    <t>R.M N° 0266/RE</t>
+  </si>
+  <si>
+    <t>Política Nacional de Desarrollo e Integración Fronteriza</t>
+  </si>
+  <si>
     <t>MEF</t>
   </si>
   <si>
+    <t>D.S. N° 345-2018-EF</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/264500/DS345_2018EF.pdf?v=1546471520</t>
+  </si>
+  <si>
+    <t>D.S. N° 255-2019-EF</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/349461/DS255_2019EF.pdf?v=1565109724</t>
+  </si>
+  <si>
+    <t>Política Nacional de Promoción de la Inversión Privada de Asociaciones Público Privadas y Proyectos en Activos</t>
+  </si>
+  <si>
+    <t>R.M N° 307-2019-EF/41</t>
+  </si>
+  <si>
     <t>MINEDU</t>
   </si>
   <si>
+    <t>Política Nacional de Atención Educativa para la Población de Ámbitos Rurales</t>
+  </si>
+  <si>
+    <t>D.S. N° 013-2018-MINEDU</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/300210/d268038_opt.pdf?v=1553182372</t>
+  </si>
+  <si>
+    <t>D.S. N° 012-2020-MINEDU</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1275742/DS%20N%C2%B0%20012-2020-MINEDU%20Normas%20Legales.pdf?v=1598932942</t>
+  </si>
+  <si>
+    <t>Politica Nacional de Actividad Física, Recreación, Deporte y Educación Física - PARDEF</t>
+  </si>
+  <si>
+    <t>D.S. N° 014-2022-MINEDU</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3653789/DS_N%C2%B0_014-2022-MINEDU_%28Normas_Legales%29_PARTE%201.pdf.pdf?v=1663635042</t>
+  </si>
+  <si>
+    <t>Política Nacional de Juventud</t>
+  </si>
+  <si>
+    <t>D.S. N° 013-2019-MINEDU</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/375207/DS_N__013-2019-MINEDU__NL_DL_.pdf?v=1569964630</t>
+  </si>
+  <si>
+    <t>Política Nacional de Educación Ambiental</t>
+  </si>
+  <si>
+    <t>R.M. N° 357-2019-MINEDU</t>
+  </si>
+  <si>
+    <t>Política Nacional de Educación y Bienestar de Adolescentes</t>
+  </si>
+  <si>
+    <t>Política Nacional de Desarrollo Profesional Docente y Otros Mediadores de Aprendizajes</t>
+  </si>
+  <si>
     <t>MINSA</t>
   </si>
   <si>
+    <t>Política Nacional Multisectorial de Salud</t>
+  </si>
+  <si>
+    <t>D.S. N° 026-2020-SA</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1276301/DECRETO%20SUPREMO%20N%C2%B0026-2020-SA.PDF?v=1598976891</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1257169/Pol%C3%ADtica%20Nacional%20Multisectorial%20de%20Salud%20al%202030%20.pdf?v=1598319240</t>
+  </si>
+  <si>
     <t>MTPE</t>
   </si>
   <si>
+    <t>Política Nacional de Seguridad y Salud en el Trabajo al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 018-2021-TR</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2057480/PDS%20Poli%CC%81tica%20Nacional%20de%20Seguridad%20y%20Salud%20en%20el%20Trabajo%20al%202030%20-%20Texto%20de%20la%20Poli%CC%81tica.pdf?v=1628007266</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2041129/DS-n-018-2021-tr-1976342-1.pdf.pdf?v=1627394183</t>
+  </si>
+  <si>
+    <t>Política Nacional de Empleo Decente</t>
+  </si>
+  <si>
+    <t>D.S. N° 013-2021-TR</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1948868/Pol%C3%ADtica%20Nacional%20de%20Empleo%20Decente%20-%20PED.pdf?v=1623777587</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1948845/DS%2013-2021-%20TR.pdf?v=1623776853</t>
+  </si>
+  <si>
+    <t>Política Nacional para la Prevención y Erradicación del Trabajo Infantil</t>
+  </si>
+  <si>
+    <t>R.M N° 290-2019-TR</t>
+  </si>
+  <si>
     <t>MINAGRI</t>
   </si>
   <si>
+    <t>Política Nacional Agraria 2021-2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 017-2021-MIDAGRI</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2071814/DECRETO%20SUPREMO%2017-2021-MIDAGRI.pdf?v=1628609014</t>
+  </si>
+  <si>
+    <t>R.M N° 0283-2019-MINAGRI</t>
+  </si>
+  <si>
+    <t>Política Nacional Forestal y de Fauna Silvestre</t>
+  </si>
+  <si>
     <t>MINEM</t>
   </si>
   <si>
+    <t>R.M N° 242-2019-MINEM/DM</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial para la Pequeña Minería y Minería Artesanal al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 016-2022-EM</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3918126/ANEXO.pdf.pdf?v=1670431416</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3917139/DS%20N%C2%B0%20016-2022-EM.pdf.pdf?v=1670427933</t>
+  </si>
+  <si>
     <t>MINDEF</t>
   </si>
   <si>
+    <t>Política Nacional de Seguridad y Defensa Nacional</t>
+  </si>
+  <si>
+    <t>D.S. N° 005-2021-DE</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2063277/DS%20005-21-DE.pdf.pdf?v=1628258803</t>
+  </si>
+  <si>
+    <t>D.S. Nº 012-2019-DE</t>
+  </si>
+  <si>
+    <t>https://www.gob.pe/institucion/mindef/normas-legales/391605-012-2019-de</t>
+  </si>
+  <si>
     <t>MINCETUR</t>
   </si>
   <si>
+    <t xml:space="preserve"> Política Nacional en Comercio Exterior – PENX</t>
+  </si>
+  <si>
+    <t>R.M N° 295-2019-MINCETUR</t>
+  </si>
+  <si>
+    <t>Política Nacional en Turismo – PENTUR</t>
+  </si>
+  <si>
     <t>MTC</t>
   </si>
   <si>
+    <t>D.S. N° 012-2019-MTC</t>
+  </si>
+  <si>
+    <t>https://www.gob.pe/institucion/mtc/normas-legales/272373-012-2019-mtc</t>
+  </si>
+  <si>
+    <t>Política Nacional del Sector Transportes</t>
+  </si>
+  <si>
+    <t>R.M N° 1202-2019-MTC/01</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial de Seguridad Vial 2023 - 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 009-2023-MTC</t>
+  </si>
+  <si>
+    <t>https://busquedas.elperuano.pe/download/url/decreto-supremo-que-aprueba-la-politica-nacional-multisector-decreto-supremo-n-009-2023-mtc-2190371-3</t>
+  </si>
+  <si>
+    <t>Política Nacional de Telecomunicaciones</t>
+  </si>
+  <si>
     <t>MVCS</t>
   </si>
   <si>
+    <t>Plan Nacional de Accesibilidad</t>
+  </si>
+  <si>
+    <t>R.M N° 274-2019-VIVIENDA</t>
+  </si>
+  <si>
+    <t>Política Nacional de Vivienda y Urbanismo al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N°012-2021-VIVIENDA</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2017412/DECRETO%20SUPREMO%20N%C2%B0%20012-2021-VIVIENDA.pdf.pdf?v=1626384939</t>
+  </si>
+  <si>
     <t>PRODUCE</t>
   </si>
   <si>
+    <t>Política Nacional de Acuicultura al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 001-2023-PRODUCE</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/4070009/POLITICA%20NACIONAL%20DE%20ACUICULTURA.pdf.pdf?v=1674743467</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/4070008/D.S.%20N%C2%BA%20001-2023-PRODUCE.pdf.pdf?v=1675299886</t>
+  </si>
+  <si>
+    <t>Política Nacional de Desarrollo Industrial</t>
+  </si>
+  <si>
+    <t>D.S. N° 016-2022-PRODUCE</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3818988/Anexo%20D.S.%20N%C2%BA%20016-2022-PRODUCE.pdf.pdf?v=1667927662</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/3818987/D.S.%20N%C2%BA%20016-2022-PRODUCE.pdf.pdf?v=1669324157</t>
+  </si>
+  <si>
+    <t>Política Nacional de Pesca</t>
+  </si>
+  <si>
     <t>MIMP</t>
   </si>
   <si>
+    <t>Política Nacional de Igualdad de Género</t>
+  </si>
+  <si>
+    <t>D.S. N° 008 -2019-MIMP</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/305292/ds_008_2019_mimp.pdf?v=1554389372</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial para las personas adultas mayores al 2030</t>
+  </si>
+  <si>
+    <t>D.S.N° 006-2021-MIMP</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1934191/Pol%C3%ADtica-Nacional-Multisectorial-para-las-Personas-Adultas-Mayores-al-2030.pdf?v=1623110006</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1933056/ds_006_2021_mimp.pdf?v=1623072733</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial de Discapacidad para el Desarrollo al 2030</t>
+  </si>
+  <si>
+    <t>D.S. N° 007-2021-MIMP</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1932186/POL%C3%8DTICA%20NACIONAL%20MULTISECTORIAL%20EN%20DISCAPACIDAD%20PARA%20EL%20DESARROLLO%20AL%202030..pdf?v=1622920983</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1933058/ds_007_2021_mimp.pdf?v=1623072792</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial para las niñas, niños y adolescentes al 2030</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1991214/Politica-Nacional-Multisectorial-para-las-ninas-ninos-y-adolescentes-2030.pdf?v=1625257749</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/1970752/ds_008_2021_mimp.pdf?v=1624626355</t>
+  </si>
+  <si>
     <t>MIDIS</t>
   </si>
   <si>
-    <t>Política Nacional de Integridad y Lucha contra la Corrupción</t>
-[...295 lines deleted...]
-  <si>
     <t>Política Nacional de Desarrollo e Inclusión Social al 2030</t>
   </si>
   <si>
-    <t>D.S. N° 007-2021-MIMP</t>
-[...1 lines deleted...]
-  <si>
     <t>D.S. N° 008-2022-MIDIS</t>
   </si>
   <si>
-    <t>D.S. N° 001-2023-PRODUCE</t>
-[...230 lines deleted...]
-    <t>https://cdn.www.gob.pe/uploads/document/file/1991214/Politica-Nacional-Multisectorial-para-las-ninas-ninos-y-adolescentes-2030.pdf?v=1625257749</t>
+    <t>https://cdn.www.gob.pe/uploads/document/file/4034822/Pol%C3%ADtica%20Nacional%20de%20Desarrollo%20e%20Inclusi%C3%B3n%20Social%20PNDIS%20al%202030_parte01.pdf.pdf?v=1673390374</t>
   </si>
   <si>
     <t>https://cdn.www.gob.pe/uploads/document/file/4021620/DS_008_2022_MIDIS.pdf.pdf?v=1672867035</t>
   </si>
   <si>
-    <t>https://cdn.www.gob.pe/uploads/document/file/4034822/Pol%C3%ADtica%20Nacional%20de%20Desarrollo%20e%20Inclusi%C3%B3n%20Social%20PNDIS%20al%202030_parte01.pdf.pdf?v=1673390374</t>
-[...146 lines deleted...]
-    <t>Actualizado el 16.12.2024</t>
+    <t>VÍNCULO PARA ACCEDER AL DS</t>
+  </si>
+  <si>
+    <t>Lista Sectorial</t>
+  </si>
+  <si>
+    <t>Política Nacional de Competitividad y Productividad</t>
+  </si>
+  <si>
+    <t>Política Nacional de Inclusión Financiera</t>
+  </si>
+  <si>
+    <t>Política Nacional de Educación Superior y Técnico Productiva</t>
+  </si>
+  <si>
+    <t>Política Nacional Marítima</t>
+  </si>
+  <si>
+    <t>Política Nacional de Transporte Urbano</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/353144/272373-publicacion-del-decreto-supremo-n-012-2019-mtc-en-el-diario-oficial-el-peruano.pdf?v=1702273572</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/4898855/Pol%C3%ADtica%20Nacional%20Multisectorial%20de%20Seguridad%20Vial%202023%20%E2%80%93%202030.pdf?v=1690229851</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/2017413/Pol%C3%ADtica%20Nacional%20de%20Vivienda%20y%20Urbanismo.pdf?v=1626384939</t>
+  </si>
+  <si>
+    <t>D.S. N°008-2021-MIMP</t>
+  </si>
+  <si>
+    <t>Política Nacional para la Calidad al 2030</t>
+  </si>
+  <si>
+    <t>D.S. 0006-2024-PRODUCE</t>
+  </si>
+  <si>
+    <t>https://www.inacal.gob.pe/repositorioaps/data/1/1/2/jer/documentos-de-gestion/files/Carpeta%204%2FPol%C3%ADtica%20Nacional%20para%20la%20Calidad%20al%202030.pdf</t>
+  </si>
+  <si>
+    <t>https://busquedas.elperuano.pe/dispositivo/NL/2288658-1</t>
+  </si>
+  <si>
+    <t>Política Nacional: Estrategia Nacional para el Cambio Climático al 2050</t>
+  </si>
+  <si>
+    <t>12/27/2024</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/7767750/6562767-politica-nacional-estrategia-nacional-ante-cambio-climatico-al-2050.pdf?v=1741880813</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial de Derechos Humanos al 2040</t>
+  </si>
+  <si>
+    <t>DS Nº 018-2024-JUS</t>
+  </si>
+  <si>
+    <t>https://sinia.minam.gob.pe/sites/default/files/archivos/public/docs/ENCC%20al%202050.pdf</t>
+  </si>
+  <si>
+    <t>https://busquedas.elperuano.pe/dispositivo/NL/2352000-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional de Ordenamiento Territorial al 2050
+</t>
+  </si>
+  <si>
+    <t>D.S. 142-2024-PCM</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/7379067/6293589-pnot-al-2050.pdf?v=1734394785</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/7379066/6293589-decreto-supremo-n-142-202024-pcm.pdf</t>
+  </si>
+  <si>
+    <t>Política Nacional de Protección y
+Defensa del Consumidor al 2030</t>
+  </si>
+  <si>
+    <t>D.S.
+N° 075-2025-PCM</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/8150352/6823621-politica-nacional-de-proteccion-y-defensa-del-consumidor-al-2030.pdf?v=1748698271</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/8150350/6823621-decreto-supremo-075-2025.pdf?v=1748698533</t>
+  </si>
+  <si>
+    <t>Política Nacional Contra el Lavado de Activos</t>
+  </si>
+  <si>
+    <t>D.S. N°10-2025-JUS</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/8295796/6884030-politica-nacional-contra-el-lavado-de-activos-al-2030.pdf?v=1751323148</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/8245178/6884030-2-ds-pnla.pdf</t>
+  </si>
+  <si>
+    <t>Política Nacional de Ciencia, Tecnología e Innovación </t>
+  </si>
+  <si>
+    <t>D.S. N° 093-2025-PCM</t>
+  </si>
+  <si>
+    <t>https://portal.concytec.gob.pe/images/publicaciones/politicas/politica-nacional-cti.pdf</t>
+  </si>
+  <si>
+    <t>https://www.gob.pe/institucion/indecopi/normas-legales/6962527-93-2025-pcm</t>
+  </si>
+  <si>
+    <t>D. S. N° 012-2025-PRODUCE</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/8462829/7003736-anexo-politica-nacional-de-pesca-al-2040-parte-1.pdf?v=1754684034</t>
+  </si>
+  <si>
+    <t>https://cdn.www.gob.pe/uploads/document/file/8433616/7003736-d-s-n-012-2025-produce%282%29.pdf?v=1754921649</t>
+  </si>
+  <si>
+    <t>Num</t>
+  </si>
+  <si>
+    <t>NORMA APROBACION</t>
+  </si>
+  <si>
+    <t>PROCESO</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial Migratoria al 2030</t>
+  </si>
+  <si>
+    <t>Política Nacional de Educación Intercultural y Educación Intercultural Bilingüe</t>
+  </si>
+  <si>
+    <t>MIDAGRI</t>
+  </si>
+  <si>
+    <t>Política Nacional de Recursos Hídricos</t>
+  </si>
+  <si>
+    <t>Política Nacional de Agricultura Familiar</t>
+  </si>
+  <si>
+    <t>Política Nacional de Seguridad Alimentaria y Nutricional al 2050</t>
+  </si>
+  <si>
+    <t>Política Energética Nacional al 2050</t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial de Agua Potable y Saneamiento</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional Multisectorial de Descentralización </t>
+  </si>
+  <si>
+    <t>R.M N° 120-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional Educación Básica y Comunitaria </t>
+  </si>
+  <si>
+    <t>Política Nacional de Propiedad Intelectual </t>
+  </si>
+  <si>
+    <t>R.M N° 020-2022-PCM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional  de Innovación Agraria </t>
+  </si>
+  <si>
+    <t>RM N.° 0263-2020-MINAGRI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional de Demarcación Territorial y Organización Territorial  </t>
+  </si>
+  <si>
+    <t>RM N.° 075-2020-PCM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional Espacial </t>
+  </si>
+  <si>
+    <t>RM N.° 00717-2024-DE</t>
+  </si>
+  <si>
+    <t>MTPR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional de Prevención y Erradicación del Trabajo Forzoso </t>
+  </si>
+  <si>
+    <t>RM N.° 293-2022-TR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional de Competencia </t>
+  </si>
+  <si>
+    <t>RM
+N° 193-2024-PCM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional Multisectorial de Minería </t>
+  </si>
+  <si>
+    <t>RM N.° 364-2024-MINEM/DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional Multisectorial de Reforma del Sistema de Justicia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+RM N° 0179-2024-JUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional Fluvial Amazónica </t>
+  </si>
+  <si>
+    <t>RM N.° 00745-2024-DE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional  de Conflictos Sociales </t>
+  </si>
+  <si>
+    <t>RM N.° 308-2024-PCM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Política Nacional de Pueblos Indígenas u originarios </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Politica Nacional Antártica </t>
+  </si>
+  <si>
+    <t>Política Nacional Multisectorial de Lucha contra el Terrorismo 2019-2023* Culminó su periodo de Vigencia*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="d/m/yyyy"/>
+  </numFmts>
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
-      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0563C1"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
-    <font>
-[...31 lines deleted...]
-    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="7">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
-[...25 lines deleted...]
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="14" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="3">
-    <cellStyle name="Hipervínculo" xfId="2" builtinId="8"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema de 2022">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Sheets">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="0563C1"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Sheets">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
-[...48 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface="Calibri"/>
+        <a:cs typeface="Calibri"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
-[...48 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface="Calibri"/>
+        <a:cs typeface="Calibri"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1353,2590 +1279,5570 @@
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3390077/ANEXO%20006-2022-IN.pdf?v=1657555077" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/396873/D.S._N__023-2019-IN.pdf?v=1571677742" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2057480/PDS%20Poli%CC%81tica%20Nacional%20de%20Seguridad%20y%20Salud%20en%20el%20Trabajo%20al%202030%20-%20Texto%20de%20la%20Poli%CC%81tica.pdf?v=1628007266" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3917139/DS%20N%C2%B0%20016-2022-EM.pdf.pdf?v=1670427933" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1933056/ds_006_2021_mimp.pdf?v=1623072733" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1991214/Politica-Nacional-Multisectorial-para-las-ninas-ninos-y-adolescentes-2030.pdf?v=1625257749" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/341959/RM_N__357-2019-MINEDU.pdf?v=1563207440" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/359145/R._M._N__0283-2019-MINAGRI.pdf?v=1568060295" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2037168/D.S.%20023-2021-MINAM.pdf.pdf?v=1627230844" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4932850/Pol%C3%ADtica%20Nacional%20de%20Transformaci%C3%B3n%20Digital%20al%202030.pdf?v=1691014709" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3495804/DS%20007-2022-MC%20-%20ANEXO%201.pdf.pdf?v=1660258128" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/300210/d268038_opt.pdf?v=1553182372" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/375207/DS_N__013-2019-MINEDU__NL_DL_.pdf?v=1569964630" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.pe/institucion/mtc/normas-legales/272373-012-2019-mtc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4070009/POLITICA%20NACIONAL%20DE%20ACUICULTURA.pdf.pdf?v=1674743467" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/352171/RM_330-2019-MC_ACCESIBLE.pdf?v=1597287855" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/309008/RM_N__0266-RE2019.pdf?v=1555511075" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnl.minjus.gob.pe/bnl/PreviewSecure?dw=1&amp;uuid=M6IcPFKKpU7%2Bd0WzS%2Fmv%2BGBGuHDzVcMYe3QNjLEdZtwdmUw7ysMWZA%3D%3D" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3531092/POL%C3%8DTICA%20NACIONAL%20DE%20MODERNIZACI%C3%93N%20DE%20LA%20GESTI%C3%93N%20P%C3%9ABLICA%20AL%202030%281%29.pdf.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/359145/R._M._N__0283-2019-MINAGRI.pdf?v=1568060295" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/460833/RM_N__1202-2019-MTC-01.pdf?v=1577081050" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/396873/D.S._N__023-2019-IN.pdf?v=1571677742" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/264500/DS345_2018EF.pdf?v=1546471520" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1948845/DS%2013-2021-%20TR.pdf?v=1623776853" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3918126/ANEXO.pdf.pdf?v=1670431416" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1934191/Pol%C3%ADtica-Nacional-Multisectorial-para-las-Personas-Adultas-Mayores-al-2030.pdf?v=1623110006" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4021620/DS_008_2022_MIDIS.pdf.pdf?v=1672867035" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/309008/RM_N__0266-RE2019.pdf?v=1555511075" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/341959/RM_N__357-2019-MINEDU.pdf?v=1563207440" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3495490/DS%20007-2022-MC.pdf.pdf?v=1660256182" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1539385/DS%20N%C2%B0011-2020-JUS%20DGAC.pdf.pdf?v=1614642190" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1275742/DS%20N%C2%B0%20012-2020-MINEDU%20Normas%20Legales.pdf?v=1598932942" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/375207/DS_N__013-2019-MINEDU__NL_DL_.pdf?v=1569964630" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3818987/D.S.%20N%C2%BA%20016-2022-PRODUCE.pdf.pdf?v=1669324157" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busquedas.elperuano.pe/normaslegales/decreto-supremo-que-aprueba-la-politica-nacional-de-cooperac-decreto-supremo-n-008-2023-re-2169917-1/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4912522/Decreto%20Supremo%20N.%C2%B0085-2023-PCM.pdf?v=1690542137" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.pe/institucion/mtc/normas-legales/272373-012-2019-mtc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4034822/Pol%C3%ADtica%20Nacional%20de%20Desarrollo%20e%20Inclusi%C3%B3n%20Social%20PNDIS%20al%202030_parte01.pdf.pdf?v=1673390374" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/7287707/6228754-decreto-supremo-012-2024-minam.pdf?v=1732718056" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/354742/RM_N__242-2019-MINEM-DM.pdf?v=1566516526" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/354778/RM_-_274-2019-VIVIENDA.pdf?v=1566571965" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1862223/Pol%C3%ADtica%20nacional%20de%20gestion%20del%20riesgo%20de%20desastres%20al%202050.pdf.pdf?v=1619822227" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3527135/DS%20N%C2%B0%20103-2022-PCM.pdf.pdf?v=1661208943" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2037169/POLITICA%20NACIONAL%20DEL%20AMBIENTE%20AL%202030.pdf.pdf?v=1627230844" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2050294/Decreto%20Supremo%20N%C2%B0%20009-2021-IN.pdf?v=1628273259" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/264500/DS345_2018EF.pdf?v=1546471520" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3653789/DS_N%C2%B0_014-2022-MINEDU_%28Normas_Legales%29_PARTE%201.pdf.pdf?v=1663635042" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2063277/DS%20005-21-DE.pdf.pdf?v=1628258803" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4070008/D.S.%20N%C2%BA%20001-2023-PRODUCE.pdf.pdf?v=1675299886" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busquedas.elperuano.pe/download/url/decreto-supremo-que-aprueba-la-politica-nacional-multisector-decreto-supremo-n-009-2023-mtc-2190371-3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2022679/DECRETO%20SUPREMO%20O12-2021-MC.pdf.pdf?v=1626712803" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/300210/d268038_opt.pdf?v=1553182372" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1948868/Pol%C3%ADtica%20Nacional%20de%20Empleo%20Decente%20-%20PED.pdf?v=1623777587" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.pe/institucion/mindef/normas-legales/391605-012-2019-de" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3818988/Anexo%20D.S.%20N%C2%BA%20016-2022-PRODUCE.pdf.pdf?v=1667927662" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1933058/ds_007_2021_mimp.pdf?v=1623072792" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/339862/RM_N_248-2019-PCM.pdf?v=1562365864" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/309008/RM_N__0266-RE2019.pdf?v=1555511075" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/354858/RM307_2019EF41.pdf?v=1597351445" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/433688/RM-290-2019-TR.pdf?v=1575054703" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/460833/RM_N__1202-2019-MTC-01.pdf?v=1577081050" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/340202/Resoluci%C3%B3n_Ministerial_N__301-2019-PRODUCE20190708-18806-1yaus3b.pdf?v=1562604879" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnl.minjus.gob.pe/bnl/PreviewSecure?dw=1&amp;uuid=M6IcPFKKpU7%2Bd0WzS%2Fmv%2BGBGuHDzVcMYe3QNjLEdZtwdmUw7ysMWZA%3D%3D" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1490702/DS%20N%C2%B0%20192-2020-PCM.pdf.pdf?v=1608683562" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2023052/DECRETO%20SUPREMO%20O12-2021-MC%20-ANEXO.pdf.pdf?v=1626721277" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3202061/PNPA%20al%202030.pdf.pdf?v=1654272957" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1539385/DS%20N%C2%B0011-2020-JUS%20DGAC.pdf.pdf?v=1614642190" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1276301/DECRETO%20SUPREMO%20N%C2%B0026-2020-SA.PDF?v=1598976891" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/5298231/4756587-ds-n-009-2023-jus-aprueba-la-politica-nacional-del-adolescente-en-riesgo-y-en-conflicto-con-la-ley-penal-al-2030.pdf?v=1697649550" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1275742/DS%20N%C2%B0%20012-2020-MINEDU%20Normas%20Legales.pdf?v=1598932942" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2063277/DS%20005-21-DE.pdf.pdf?v=1628258803" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2017412/DECRETO%20SUPREMO%20N%C2%B0%20012-2021-VIVIENDA.pdf.pdf?v=1626384939" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/353158/RM_N__242-2019__.pdf?v=1566227516" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/354778/RM_-_274-2019-VIVIENDA.pdf?v=1566571965" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4466913/Pol%C3%ADtica%20Nacional%20de%20Cooperaci%C3%B3n%20T%C3%A9cnica%20Internacional%20al%202030.pdf?v=1682111026" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1025961/PNC_VERSI%C3%93N_FINAL_2.pdf?v=1595329988" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/339862/RM_N_248-2019-PCM.pdf?v=1562365864" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/355371/RM.N__295.pdf?v=1566834903" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1862222/D.%20S%20N%20038-2021-PCM%20-%20Politica%20nacional%20de%20gestion%20del%20riesgo%20de%20desastres%20al%202050.pdf.pdf?v=1619817033" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/349461/DS255_2019EF.pdf?v=1565109724" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2050294/Decreto%20Supremo%20N%C2%B0%20009-2021-IN.pdf?v=1628273259" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1257169/Pol%C3%ADtica%20Nacional%20Multisectorial%20de%20Salud%20al%202030%20.pdf?v=1598319240" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2071814/DECRETO%20SUPREMO%2017-2021-MIDAGRI.pdf?v=1628609014" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1932186/POL%C3%8DTICA%20NACIONAL%20MULTISECTORIAL%20EN%20DISCAPACIDAD%20PARA%20EL%20DESARROLLO%20AL%202030..pdf?v=1622920983" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/359145/R._M._N__0283-2019-MINAGRI.pdf?v=1568060295" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/5298231/4756587-ds-n-009-2023-jus-aprueba-la-politica-nacional-del-adolescente-en-riesgo-y-en-conflicto-con-la-ley-penal-al-2030.pdf?v=1697649550" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/305292/ds_008_2019_mimp.pdf?v=1554389372" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/341959/RM_N__357-2019-MINEDU.pdf?v=1563207440" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/342934/D.S._N__017-2019-IN__Decreto_Supremo_que_Aprueba_la_Pol%C3%ADtica_Nacional_Multisectorial_de_Lucha_contra_el_Crimen_Organizado_2019-2030_.pdf?v=1563458939" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3198310/DS%20N%20005-2022-MC.pdf.pdf?v=1655479031" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/349461/DS255_2019EF.pdf?v=1565109724" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3653789/DS_N%C2%B0_014-2022-MINEDU_%28Normas_Legales%29_PARTE%201.pdf.pdf?v=1663635042" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.pe/institucion/vivienda/normas-legales/2022465-012-2021-vivienda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2398243/RM%200290-2019-JUS.pdf?v=1636690402" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/340202/Resoluci%C3%B3n_Ministerial_N__301-2019-PRODUCE20190708-18806-1yaus3b.pdf?v=1562604879" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3912382/POLITICA%20NACIONAL%20MULTISECTORIAL%20DE%20SEGURIDAD%20VIAL%202023%20-%202030.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1044866/DECRETO_SUPREMO_N__009-2020-MC.pdf?v=1595682890" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.pe/institucion/mindef/normas-legales/391605-012-2019-de" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/339862/RM_N_248-2019-PCM.pdf?v=1562365864" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/355371/RM.N__295.pdf?v=1566834903" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/6350230/5575666-d-s-n-006-2024-produce%282%29.pdf?v=1717017297" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2012814/Pol%C3%ADtica%20Nacional%20Contra%20Drogas%20al%202030.pdf.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3390076/006-2022-IN.pdf?v=1657555077" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2071814/DECRETO%20SUPREMO%2017-2021-MIDAGRI.pdf?v=1628609014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1970752/ds_008_2021_mimp.pdf?v=1624626355" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/342934/D.S._N__017-2019-IN__Decreto_Supremo_que_Aprueba_la_Pol%C3%ADtica_Nacional_Multisectorial_de_Lucha_contra_el_Crimen_Organizado_2019-2030_.pdf?v=1563458939" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2041129/DS-n-018-2021-tr-1976342-1.pdf.pdf?v=1627394183" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/305292/ds_008_2019_mimp.pdf?v=1554389372" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/341959/RM_N__357-2019-MINEDU.pdf?v=1563207440" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/359145/R._M._N__0283-2019-MINAGRI.pdf?v=1568060295" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/7342991/6267322-ds-018-2024-jus.pdf?v=1733841005" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/396873/D.S._N__023-2019-IN.pdf?v=1571677742" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1539385/DS%20N%C2%B0011-2020-JUS%20DGAC.pdf.pdf?v=1614642190" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3653789/DS_N%C2%B0_014-2022-MINEDU_%28Normas_Legales%29_PARTE%201.pdf.pdf?v=1663635042" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2057480/PDS%20Poli%CC%81tica%20Nacional%20de%20Seguridad%20y%20Salud%20en%20el%20Trabajo%20al%202030%20-%20Texto%20de%20la%20Poli%CC%81tica.pdf?v=1628007266" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2017413/Pol%C3%ADtica%20Nacional%20de%20Vivienda%20y%20Urbanismo.pdf?v=1626384939" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3818987/D.S.%20N%C2%BA%20016-2022-PRODUCE.pdf.pdf?v=1669324157" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busquedas.elperuano.pe/dispositivo/NL/2352000-1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/8295796/6884030-politica-nacional-contra-el-lavado-de-activos-al-2030.pdf?v=1751323148" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3198310/DS%20N%20005-2022-MC.pdf.pdf?v=1655479031" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2023052/DECRETO%20SUPREMO%20O12-2021-MC%20-ANEXO.pdf.pdf?v=1626721277" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busquedas.elperuano.pe/normaslegales/decreto-supremo-que-aprueba-la-politica-nacional-de-cooperac-decreto-supremo-n-008-2023-re-2169917-1/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/300210/d268038_opt.pdf?v=1553182372" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3918126/ANEXO.pdf.pdf?v=1670431416" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.pe/institucion/mindef/normas-legales/391605-012-2019-de" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1933058/ds_007_2021_mimp.pdf?v=1623072792" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inacal.gob.pe/repositorioaps/data/1/1/2/jer/documentos-de-gestion/files/Carpeta%204%2FPol%C3%ADtica%20Nacional%20para%20la%20Calidad%20al%202030.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3531092/POL%C3%8DTICA%20NACIONAL%20DE%20MODERNIZACI%C3%93N%20DE%20LA%20GESTI%C3%93N%20P%C3%9ABLICA%20AL%202030%281%29.pdf.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/8245178/6884030-2-ds-pnla.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1539385/DS%20N%C2%B0011-2020-JUS%20DGAC.pdf.pdf?v=1614642190" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2050294/Decreto%20Supremo%20N%C2%B0%20009-2021-IN.pdf?v=1628273259" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/375207/DS_N__013-2019-MINEDU__NL_DL_.pdf?v=1569964630" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2041129/DS-n-018-2021-tr-1976342-1.pdf.pdf?v=1627394183" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2017412/DECRETO%20SUPREMO%20N%C2%B0%20012-2021-VIVIENDA.pdf.pdf?v=1626384939" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/305292/ds_008_2019_mimp.pdf?v=1554389372" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4912522/Decreto%20Supremo%20N.%C2%B0085-2023-PCM.pdf?v=1690542137" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2071814/DECRETO%20SUPREMO%2017-2021-MIDAGRI.pdf?v=1628609014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1933056/ds_006_2021_mimp.pdf?v=1623072733" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busquedas.elperuano.pe/dispositivo/NL/2288658-1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/7379067/6293589-pnot-al-2050.pdf?v=1734394785" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/8462829/7003736-anexo-politica-nacional-de-pesca-al-2040-parte-1.pdf?v=1754684034" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2012814/Pol%C3%ADtica%20Nacional%20Contra%20Drogas%20al%202030.pdf.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2022679/DECRETO%20SUPREMO%20O12-2021-MC.pdf.pdf?v=1626712803" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2037169/POLITICA%20NACIONAL%20DEL%20AMBIENTE%20AL%202030.pdf.pdf?v=1627230844" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/396873/D.S._N__023-2019-IN.pdf?v=1571677742" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/264500/DS345_2018EF.pdf?v=1546471520" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/300210/d268038_opt.pdf?v=1553182372" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1257169/Pol%C3%ADtica%20Nacional%20Multisectorial%20de%20Salud%20al%202030%20.pdf?v=1598319240" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/353144/272373-publicacion-del-decreto-supremo-n-012-2019-mtc-en-el-diario-oficial-el-peruano.pdf?v=1702273572" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3818988/Anexo%20D.S.%20N%C2%BA%20016-2022-PRODUCE.pdf.pdf?v=1667927662" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/5298231/4756587-ds-n-009-2023-jus-aprueba-la-politica-nacional-del-adolescente-en-riesgo-y-en-conflicto-con-la-ley-penal-al-2030.pdf?v=1697649550" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3653789/DS_N%C2%B0_014-2022-MINEDU_%28Normas_Legales%29_PARTE%201.pdf.pdf?v=1663635042" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3917139/DS%20N%C2%B0%20016-2022-EM.pdf.pdf?v=1670427933" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://busquedas.elperuano.pe/download/url/decreto-supremo-que-aprueba-la-politica-nacional-multisector-decreto-supremo-n-009-2023-mtc-2190371-3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/305292/ds_008_2019_mimp.pdf?v=1554389372" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1991214/Politica-Nacional-Multisectorial-para-las-ninas-ninos-y-adolescentes-2030.pdf?v=1625257749" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sinia.minam.gob.pe/sites/default/files/archivos/public/docs/ENCC%20al%202050.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/8150350/6823621-decreto-supremo-075-2025.pdf?v=1748698533" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.concytec.gob.pe/images/publicaciones/politicas/politica-nacional-cti.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1862223/Pol%C3%ADtica%20nacional%20de%20gestion%20del%20riesgo%20de%20desastres%20al%202050.pdf.pdf?v=1619822227" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3527135/DS%20N%C2%B0%20103-2022-PCM.pdf.pdf?v=1661208943" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3202061/PNPA%20al%202030.pdf.pdf?v=1654272957" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/342934/D.S._N__017-2019-IN__Decreto_Supremo_que_Aprueba_la_Pol%C3%ADtica_Nacional_Multisectorial_de_Lucha_contra_el_Crimen_Organizado_2019-2030_.pdf?v=1563458939" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2050294/Decreto%20Supremo%20N%C2%B0%20009-2021-IN.pdf?v=1628273259" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/349461/DS255_2019EF.pdf?v=1565109724" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1948868/Pol%C3%ADtica%20Nacional%20de%20Empleo%20Decente%20-%20PED.pdf?v=1623777587" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.pe/institucion/mindef/normas-legales/391605-012-2019-de" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1044866/DECRETO_SUPREMO_N__009-2020-MC.pdf?v=1595682890" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4466913/Pol%C3%ADtica%20Nacional%20de%20Cooperaci%C3%B3n%20T%C3%A9cnica%20Internacional%20al%202030.pdf?v=1682111026" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/375207/DS_N__013-2019-MINEDU__NL_DL_.pdf?v=1569964630" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2071814/DECRETO%20SUPREMO%2017-2021-MIDAGRI.pdf?v=1628609014" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.pe/institucion/mtc/normas-legales/272373-012-2019-mtc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4070009/POLITICA%20NACIONAL%20DE%20ACUICULTURA.pdf.pdf?v=1674743467" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1932186/POL%C3%8DTICA%20NACIONAL%20MULTISECTORIAL%20EN%20DISCAPACIDAD%20PARA%20EL%20DESARROLLO%20AL%202030..pdf?v=1622920983" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4021620/DS_008_2022_MIDIS.pdf.pdf?v=1672867035" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/7767750/6562767-politica-nacional-estrategia-nacional-ante-cambio-climatico-al-2050.pdf?v=1741880813" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/7379066/6293589-decreto-supremo-n-142-202024-pcm.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/8433616/7003736-d-s-n-012-2025-produce%282%29.pdf?v=1754921649" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1490702/DS%20N%C2%B0%20192-2020-PCM.pdf.pdf?v=1608683562" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1025961/PNC_VERSI%C3%93N_FINAL_2.pdf?v=1595329988" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3495804/DS%20007-2022-MC%20-%20ANEXO%201.pdf.pdf?v=1660258128" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2037168/D.S.%20023-2021-MINAM.pdf.pdf?v=1627230844" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1275742/DS%20N%C2%B0%20012-2020-MINEDU%20Normas%20Legales.pdf?v=1598932942" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/264500/DS345_2018EF.pdf?v=1546471520" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1948845/DS%2013-2021-%20TR.pdf?v=1623776853" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2063277/DS%20005-21-DE.pdf.pdf?v=1628258803" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1970752/ds_008_2021_mimp.pdf?v=1624626355" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4932850/Pol%C3%ADtica%20Nacional%20de%20Transformaci%C3%B3n%20Digital%20al%202030.pdf?v=1691014709" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1934191/Pol%C3%ADtica-Nacional-Multisectorial-para-las-Personas-Adultas-Mayores-al-2030.pdf?v=1623110006" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.pe/institucion/indecopi/normas-legales/6962527-93-2025-pcm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1862222/D.%20S%20N%20038-2021-PCM%20-%20Politica%20nacional%20de%20gestion%20del%20riesgo%20de%20desastres%20al%202050.pdf.pdf?v=1619817033" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3390077/ANEXO%20006-2022-IN.pdf?v=1657555077" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/342934/D.S._N__017-2019-IN__Decreto_Supremo_que_Aprueba_la_Pol%C3%ADtica_Nacional_Multisectorial_de_Lucha_contra_el_Crimen_Organizado_2019-2030_.pdf?v=1563458939" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1275742/DS%20N%C2%B0%20012-2020-MINEDU%20Normas%20Legales.pdf?v=1598932942" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/1276301/DECRETO%20SUPREMO%20N%C2%B0026-2020-SA.PDF?v=1598976891" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4070008/D.S.%20N%C2%BA%20001-2023-PRODUCE.pdf.pdf?v=1675299886" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/8150352/6823621-politica-nacional-de-proteccion-y-defensa-del-consumidor-al-2030.pdf?v=1748698271" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4898855/Pol%C3%ADtica%20Nacional%20Multisectorial%20de%20Seguridad%20Vial%202023%20%E2%80%93%202030.pdf?v=1690229851" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/7287707/6228754-decreto-supremo-012-2024-minam.pdf?v=1732718056" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/5298231/4756587-ds-n-009-2023-jus-aprueba-la-politica-nacional-del-adolescente-en-riesgo-y-en-conflicto-con-la-ley-penal-al-2030.pdf?v=1697649550" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3495490/DS%20007-2022-MC.pdf.pdf?v=1660256182" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/3390076/006-2022-IN.pdf?v=1657555077" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/349461/DS255_2019EF.pdf?v=1565109724" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/2063277/DS%20005-21-DE.pdf.pdf?v=1628258803" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.www.gob.pe/uploads/document/file/4034822/Pol%C3%ADtica%20Nacional%20de%20Desarrollo%20e%20Inclusi%C3%B3n%20Social%20PNDIS%20al%202030_parte01.pdf.pdf?v=1673390374" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC08B742-748D-4026-803E-2D9F8053682E}">
-  <dimension ref="B2:K76"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <sheetPr>
+    <outlinePr summaryBelow="0" summaryRight="0"/>
+  </sheetPr>
+  <dimension ref="B3:K50"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B77" sqref="B77"/>
+    <sheetView topLeftCell="A16" workbookViewId="0">
+      <selection activeCell="B24" sqref="B24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="23.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.42578125" style="2" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="23.42578125" style="2"/>
+    <col min="2" max="2" width="5.85546875" style="17" customWidth="1"/>
+    <col min="3" max="3" width="14.85546875" customWidth="1"/>
+    <col min="4" max="4" width="49.140625" customWidth="1"/>
+    <col min="7" max="7" width="23" customWidth="1"/>
+    <col min="9" max="9" width="37.7109375" customWidth="1"/>
+    <col min="10" max="10" width="40.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:11" s="1" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="21" t="s">
+    <row r="3" spans="2:11" ht="66" x14ac:dyDescent="0.25">
+      <c r="B3" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="E3" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F3" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="G3" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="J3" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="K3" s="2"/>
+    </row>
+    <row r="4" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B4" s="16">
+        <v>1</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H4" s="6">
+        <v>44256</v>
+      </c>
+      <c r="I4" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="J4" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="K4" s="2"/>
+    </row>
+    <row r="5" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B5" s="16">
+        <v>2</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" s="6">
+        <v>44175</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="J5" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="K5" s="2"/>
+    </row>
+    <row r="6" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B6" s="16">
+        <v>3</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" s="6">
+        <v>44794</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="K6" s="2"/>
+    </row>
+    <row r="7" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B7" s="16">
+        <v>4</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H7" s="6">
+        <v>45134</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" s="2"/>
+    </row>
+    <row r="8" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B8" s="16">
+        <v>5</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8" s="6">
+        <v>44032</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="J8" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" s="2"/>
+    </row>
+    <row r="9" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B9" s="16">
+        <v>6</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9" s="6">
+        <v>44392</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="J9" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" s="2"/>
+    </row>
+    <row r="10" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B10" s="16">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" s="6">
+        <v>44754</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="J10" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K10" s="2"/>
+    </row>
+    <row r="11" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B11" s="16">
+        <v>8</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" s="6">
+        <v>44714</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="J11" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K11" s="2"/>
+    </row>
+    <row r="12" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B12" s="16">
+        <v>9</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" s="6">
+        <v>44399</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="J12" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K12" s="2"/>
+    </row>
+    <row r="13" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B13" s="16">
+        <v>10</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" s="6">
+        <v>45196</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="J13" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" s="2"/>
+    </row>
+    <row r="14" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B14" s="16">
+        <v>11</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H14" s="6">
+        <v>44097</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="J14" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K14" s="2"/>
+    </row>
+    <row r="15" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B15" s="16">
+        <v>12</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H15" s="6">
+        <v>43660</v>
+      </c>
+      <c r="I15" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="J15" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K15" s="2"/>
+    </row>
+    <row r="16" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B16" s="16">
+        <v>13</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="E16" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="G16" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" s="15">
+        <v>43754</v>
+      </c>
+      <c r="I16" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="J16" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="K16" s="2"/>
+    </row>
+    <row r="17" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B17" s="16">
+        <v>14</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17" s="6">
+        <v>44403</v>
+      </c>
+      <c r="I17" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="J17" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="K17" s="2"/>
+    </row>
+    <row r="18" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B18" s="16">
+        <v>15</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" s="6">
+        <v>44733</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="J18" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="K18" s="2"/>
+    </row>
+    <row r="19" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B19" s="16">
+        <v>16</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19" s="6">
+        <v>45034</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="J19" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="K19" s="2"/>
+    </row>
+    <row r="20" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B20" s="16">
+        <v>17</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H20" s="6">
+        <v>43463</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="J20" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="K20" s="2"/>
+    </row>
+    <row r="21" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B21" s="16">
+        <v>18</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H21" s="6">
+        <v>43680</v>
+      </c>
+      <c r="I21" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="J21" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="K21" s="2"/>
+    </row>
+    <row r="22" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B22" s="16">
+        <v>19</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H22" s="6">
+        <v>43447</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="J22" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="K22" s="2"/>
+    </row>
+    <row r="23" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B23" s="16">
+        <v>20</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H23" s="6">
+        <v>44070</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="J23" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="K23" s="2"/>
+    </row>
+    <row r="24" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B24" s="16">
+        <v>21</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H24" s="6">
+        <v>44821</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="J24" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="K24" s="2"/>
+    </row>
+    <row r="25" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B25" s="16">
+        <v>22</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" s="6">
+        <v>43728</v>
+      </c>
+      <c r="I25" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="J25" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="K25" s="2"/>
+    </row>
+    <row r="26" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B26" s="16">
+        <v>23</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26" s="6">
+        <v>44067</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="J26" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="C2" s="21" t="s">
-[...8 lines deleted...]
-      <c r="F2" s="25" t="s">
+      <c r="K26" s="2"/>
+    </row>
+    <row r="27" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B27" s="16">
+        <v>24</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H27" s="6">
+        <v>44401</v>
+      </c>
+      <c r="I27" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="J27" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="K27" s="2"/>
+    </row>
+    <row r="28" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B28" s="16">
+        <v>25</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H28" s="6">
+        <v>44357</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="J28" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="K28" s="2"/>
+    </row>
+    <row r="29" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B29" s="16">
+        <v>26</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H29" s="6">
+        <v>44399</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="J29" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="K29" s="2"/>
+    </row>
+    <row r="30" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B30" s="16">
+        <v>27</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H30" s="6">
+        <v>44889</v>
+      </c>
+      <c r="I30" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="J30" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="K30" s="2"/>
+    </row>
+    <row r="31" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B31" s="16">
         <v>28</v>
       </c>
-      <c r="G2" s="21" t="s">
-[...8 lines deleted...]
-      <c r="J2" s="21" t="s">
+      <c r="C31" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H31" s="6">
+        <v>44400</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="J31" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="K31" s="2"/>
+    </row>
+    <row r="32" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B32" s="16">
+        <v>29</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H32" s="6">
+        <v>43819</v>
+      </c>
+      <c r="I32" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="J32" s="7" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="33" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B33" s="16">
+        <v>30</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H33" s="6">
+        <v>43564</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="J33" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="K33" s="2"/>
+    </row>
+    <row r="34" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B34" s="16">
+        <v>31</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H34" s="6">
+        <v>45101</v>
+      </c>
+      <c r="I34" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="J34" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="K34" s="2"/>
+    </row>
+    <row r="35" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B35" s="16">
+        <v>32</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H35" s="6">
+        <v>44391</v>
+      </c>
+      <c r="I35" s="7" t="s">
         <v>205</v>
       </c>
-      <c r="K2" s="21" t="s">
+      <c r="J35" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="K35" s="2"/>
+    </row>
+    <row r="36" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B36" s="16">
+        <v>33</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H36" s="6">
+        <v>44952</v>
+      </c>
+      <c r="I36" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="J36" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="K36" s="2"/>
+    </row>
+    <row r="37" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B37" s="16">
+        <v>34</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H37" s="6">
+        <v>44873</v>
+      </c>
+      <c r="I37" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="J37" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="K37" s="2"/>
+    </row>
+    <row r="38" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B38" s="16">
+        <v>35</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H38" s="6">
+        <v>43558</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="J38" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="K38" s="2"/>
+    </row>
+    <row r="39" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B39" s="16">
+        <v>36</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H39" s="6">
+        <v>44351</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="J39" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="K39" s="2"/>
+    </row>
+    <row r="40" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B40" s="16">
+        <v>37</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H40" s="6">
+        <v>44351</v>
+      </c>
+      <c r="I40" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="J40" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="K40" s="2"/>
+    </row>
+    <row r="41" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B41" s="16">
+        <v>38</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H41" s="6">
+        <v>44371</v>
+      </c>
+      <c r="I41" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="J41" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="K41" s="2"/>
+    </row>
+    <row r="42" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B42" s="16">
+        <v>39</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H42" s="6">
+        <v>44926</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="J42" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="K42" s="2"/>
+    </row>
+    <row r="43" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B43" s="16">
+        <v>40</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H43" s="6">
+        <v>45427</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="J43" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="K43" s="2"/>
+    </row>
+    <row r="44" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B44" s="16">
+        <v>41</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H44" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="I44" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="J44" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K44" s="2"/>
+    </row>
+    <row r="45" spans="2:11" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B45" s="16">
+        <v>42</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H45" s="6">
+        <v>45633</v>
+      </c>
+      <c r="I45" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="J45" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="K45" s="2"/>
+    </row>
+    <row r="46" spans="2:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="16">
+        <v>43</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H46" s="6">
+        <v>45640</v>
+      </c>
+      <c r="I46" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="J46" s="7" t="s">
         <v>221</v>
       </c>
-    </row>
-[...89 lines deleted...]
-      <c r="J5" s="6" t="s">
+      <c r="K46" s="2"/>
+    </row>
+    <row r="47" spans="2:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B47" s="16">
+        <v>44</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H47" s="11">
+        <v>45808</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="J47" s="7" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="48" spans="2:11" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="16">
+        <v>45</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H48" s="11">
+        <v>45828</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="J48" s="7" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="49" spans="2:10" ht="16.5" x14ac:dyDescent="0.3">
+      <c r="B49" s="16">
+        <v>46</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D49" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="K5" s="19" t="s">
-[...106 lines deleted...]
-      <c r="D9" s="12" t="s">
+      <c r="E49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H49" s="11">
+        <v>45853</v>
+      </c>
+      <c r="I49" s="12" t="s">
         <v>232</v>
       </c>
-      <c r="E9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="5" t="s">
+      <c r="J49" s="12" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="50" spans="2:10" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="B50" s="16">
+        <v>47</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="G9" s="6" t="s">
-[...8 lines deleted...]
-      <c r="J9" s="27" t="s">
+      <c r="G50" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="K9" s="20" t="s">
+      <c r="H50" s="11">
+        <v>45870</v>
+      </c>
+      <c r="I50" s="7" t="s">
         <v>235</v>
       </c>
-    </row>
-[...307 lines deleted...]
-      <c r="H19" s="6" t="s">
+      <c r="J50" s="7" t="s">
         <v>236</v>
       </c>
-      <c r="I19" s="4">
-[...1804 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B2:K76" xr:uid="{DC08B742-748D-4026-803E-2D9F8053682E}"/>
   <hyperlinks>
-    <hyperlink ref="J3" r:id="rId1" xr:uid="{024D377F-6AA7-4BD2-BFB7-D9BF8E4F5DFD}"/>
-[...109 lines deleted...]
-    <hyperlink ref="J23" r:id="rId111" xr:uid="{8B8765FA-C10F-447A-ADA7-A7448988954E}"/>
+    <hyperlink ref="I4" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="J4" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
+    <hyperlink ref="I5" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
+    <hyperlink ref="J5" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
+    <hyperlink ref="I6" r:id="rId5" xr:uid="{00000000-0004-0000-0100-000004000000}"/>
+    <hyperlink ref="J6" r:id="rId6" xr:uid="{00000000-0004-0000-0100-000005000000}"/>
+    <hyperlink ref="I7" r:id="rId7" xr:uid="{00000000-0004-0000-0100-000006000000}"/>
+    <hyperlink ref="J7" r:id="rId8" xr:uid="{00000000-0004-0000-0100-000007000000}"/>
+    <hyperlink ref="I8" r:id="rId9" xr:uid="{00000000-0004-0000-0100-000008000000}"/>
+    <hyperlink ref="J8" r:id="rId10" xr:uid="{00000000-0004-0000-0100-000009000000}"/>
+    <hyperlink ref="I9" r:id="rId11" xr:uid="{00000000-0004-0000-0100-00000A000000}"/>
+    <hyperlink ref="J9" r:id="rId12" xr:uid="{00000000-0004-0000-0100-00000B000000}"/>
+    <hyperlink ref="I10" r:id="rId13" xr:uid="{00000000-0004-0000-0100-00000C000000}"/>
+    <hyperlink ref="J10" r:id="rId14" xr:uid="{00000000-0004-0000-0100-00000D000000}"/>
+    <hyperlink ref="I11" r:id="rId15" xr:uid="{00000000-0004-0000-0100-00000E000000}"/>
+    <hyperlink ref="J11" r:id="rId16" xr:uid="{00000000-0004-0000-0100-00000F000000}"/>
+    <hyperlink ref="I12" r:id="rId17" xr:uid="{00000000-0004-0000-0100-000010000000}"/>
+    <hyperlink ref="J12" r:id="rId18" xr:uid="{00000000-0004-0000-0100-000011000000}"/>
+    <hyperlink ref="I13" r:id="rId19" xr:uid="{00000000-0004-0000-0100-000012000000}"/>
+    <hyperlink ref="J13" r:id="rId20" xr:uid="{00000000-0004-0000-0100-000013000000}"/>
+    <hyperlink ref="I14" r:id="rId21" xr:uid="{00000000-0004-0000-0100-000014000000}"/>
+    <hyperlink ref="J14" r:id="rId22" xr:uid="{00000000-0004-0000-0100-000015000000}"/>
+    <hyperlink ref="I15" r:id="rId23" xr:uid="{00000000-0004-0000-0100-000016000000}"/>
+    <hyperlink ref="J15" r:id="rId24" xr:uid="{00000000-0004-0000-0100-000017000000}"/>
+    <hyperlink ref="I16" r:id="rId25" xr:uid="{00000000-0004-0000-0100-000018000000}"/>
+    <hyperlink ref="J16" r:id="rId26" xr:uid="{00000000-0004-0000-0100-000019000000}"/>
+    <hyperlink ref="I17" r:id="rId27" xr:uid="{00000000-0004-0000-0100-00001A000000}"/>
+    <hyperlink ref="J17" r:id="rId28" xr:uid="{00000000-0004-0000-0100-00001B000000}"/>
+    <hyperlink ref="I18" r:id="rId29" xr:uid="{00000000-0004-0000-0100-00001C000000}"/>
+    <hyperlink ref="J18" r:id="rId30" xr:uid="{00000000-0004-0000-0100-00001D000000}"/>
+    <hyperlink ref="I19" r:id="rId31" xr:uid="{00000000-0004-0000-0100-00001E000000}"/>
+    <hyperlink ref="J19" r:id="rId32" xr:uid="{00000000-0004-0000-0100-00001F000000}"/>
+    <hyperlink ref="I20" r:id="rId33" xr:uid="{00000000-0004-0000-0100-000020000000}"/>
+    <hyperlink ref="J20" r:id="rId34" xr:uid="{00000000-0004-0000-0100-000021000000}"/>
+    <hyperlink ref="I21" r:id="rId35" xr:uid="{00000000-0004-0000-0100-000022000000}"/>
+    <hyperlink ref="J21" r:id="rId36" xr:uid="{00000000-0004-0000-0100-000023000000}"/>
+    <hyperlink ref="I22" r:id="rId37" xr:uid="{00000000-0004-0000-0100-000024000000}"/>
+    <hyperlink ref="J22" r:id="rId38" xr:uid="{00000000-0004-0000-0100-000025000000}"/>
+    <hyperlink ref="I23" r:id="rId39" xr:uid="{00000000-0004-0000-0100-000026000000}"/>
+    <hyperlink ref="J23" r:id="rId40" xr:uid="{00000000-0004-0000-0100-000027000000}"/>
+    <hyperlink ref="I24" r:id="rId41" xr:uid="{00000000-0004-0000-0100-000028000000}"/>
+    <hyperlink ref="J24" r:id="rId42" xr:uid="{00000000-0004-0000-0100-000029000000}"/>
+    <hyperlink ref="I25" r:id="rId43" xr:uid="{00000000-0004-0000-0100-00002A000000}"/>
+    <hyperlink ref="J25" r:id="rId44" xr:uid="{00000000-0004-0000-0100-00002B000000}"/>
+    <hyperlink ref="I26" r:id="rId45" xr:uid="{00000000-0004-0000-0100-00002C000000}"/>
+    <hyperlink ref="J26" r:id="rId46" xr:uid="{00000000-0004-0000-0100-00002D000000}"/>
+    <hyperlink ref="I27" r:id="rId47" xr:uid="{00000000-0004-0000-0100-00002E000000}"/>
+    <hyperlink ref="J27" r:id="rId48" xr:uid="{00000000-0004-0000-0100-00002F000000}"/>
+    <hyperlink ref="I28" r:id="rId49" xr:uid="{00000000-0004-0000-0100-000030000000}"/>
+    <hyperlink ref="J28" r:id="rId50" xr:uid="{00000000-0004-0000-0100-000031000000}"/>
+    <hyperlink ref="I29" r:id="rId51" xr:uid="{00000000-0004-0000-0100-000032000000}"/>
+    <hyperlink ref="J29" r:id="rId52" xr:uid="{00000000-0004-0000-0100-000033000000}"/>
+    <hyperlink ref="I30" r:id="rId53" xr:uid="{00000000-0004-0000-0100-000034000000}"/>
+    <hyperlink ref="J30" r:id="rId54" xr:uid="{00000000-0004-0000-0100-000035000000}"/>
+    <hyperlink ref="I31" r:id="rId55" xr:uid="{00000000-0004-0000-0100-000036000000}"/>
+    <hyperlink ref="J31" r:id="rId56" xr:uid="{00000000-0004-0000-0100-000037000000}"/>
+    <hyperlink ref="I32" r:id="rId57" xr:uid="{00000000-0004-0000-0100-000038000000}"/>
+    <hyperlink ref="J32" r:id="rId58" xr:uid="{00000000-0004-0000-0100-000039000000}"/>
+    <hyperlink ref="I33" r:id="rId59" xr:uid="{00000000-0004-0000-0100-00003A000000}"/>
+    <hyperlink ref="J33" r:id="rId60" xr:uid="{00000000-0004-0000-0100-00003B000000}"/>
+    <hyperlink ref="I34" r:id="rId61" xr:uid="{00000000-0004-0000-0100-00003C000000}"/>
+    <hyperlink ref="J34" r:id="rId62" xr:uid="{00000000-0004-0000-0100-00003D000000}"/>
+    <hyperlink ref="I35" r:id="rId63" xr:uid="{00000000-0004-0000-0100-00003E000000}"/>
+    <hyperlink ref="J35" r:id="rId64" xr:uid="{00000000-0004-0000-0100-00003F000000}"/>
+    <hyperlink ref="I36" r:id="rId65" xr:uid="{00000000-0004-0000-0100-000040000000}"/>
+    <hyperlink ref="J36" r:id="rId66" xr:uid="{00000000-0004-0000-0100-000041000000}"/>
+    <hyperlink ref="I37" r:id="rId67" xr:uid="{00000000-0004-0000-0100-000042000000}"/>
+    <hyperlink ref="J37" r:id="rId68" xr:uid="{00000000-0004-0000-0100-000043000000}"/>
+    <hyperlink ref="I38" r:id="rId69" xr:uid="{00000000-0004-0000-0100-000044000000}"/>
+    <hyperlink ref="J38" r:id="rId70" xr:uid="{00000000-0004-0000-0100-000045000000}"/>
+    <hyperlink ref="I39" r:id="rId71" xr:uid="{00000000-0004-0000-0100-000046000000}"/>
+    <hyperlink ref="J39" r:id="rId72" xr:uid="{00000000-0004-0000-0100-000047000000}"/>
+    <hyperlink ref="I40" r:id="rId73" xr:uid="{00000000-0004-0000-0100-000048000000}"/>
+    <hyperlink ref="J40" r:id="rId74" xr:uid="{00000000-0004-0000-0100-000049000000}"/>
+    <hyperlink ref="I41" r:id="rId75" xr:uid="{00000000-0004-0000-0100-00004A000000}"/>
+    <hyperlink ref="J41" r:id="rId76" xr:uid="{00000000-0004-0000-0100-00004B000000}"/>
+    <hyperlink ref="I42" r:id="rId77" xr:uid="{00000000-0004-0000-0100-00004C000000}"/>
+    <hyperlink ref="J42" r:id="rId78" xr:uid="{00000000-0004-0000-0100-00004D000000}"/>
+    <hyperlink ref="I43" r:id="rId79" xr:uid="{00000000-0004-0000-0100-00004E000000}"/>
+    <hyperlink ref="J43" r:id="rId80" xr:uid="{00000000-0004-0000-0100-00004F000000}"/>
+    <hyperlink ref="I44" r:id="rId81" xr:uid="{00000000-0004-0000-0100-000050000000}"/>
+    <hyperlink ref="J44" r:id="rId82" xr:uid="{00000000-0004-0000-0100-000051000000}"/>
+    <hyperlink ref="I45" r:id="rId83" xr:uid="{00000000-0004-0000-0100-000052000000}"/>
+    <hyperlink ref="J45" r:id="rId84" xr:uid="{00000000-0004-0000-0100-000053000000}"/>
+    <hyperlink ref="I46" r:id="rId85" xr:uid="{00000000-0004-0000-0100-000054000000}"/>
+    <hyperlink ref="J46" r:id="rId86" xr:uid="{00000000-0004-0000-0100-000055000000}"/>
+    <hyperlink ref="I47" r:id="rId87" xr:uid="{00000000-0004-0000-0100-000056000000}"/>
+    <hyperlink ref="J47" r:id="rId88" xr:uid="{00000000-0004-0000-0100-000057000000}"/>
+    <hyperlink ref="I48" r:id="rId89" xr:uid="{00000000-0004-0000-0100-000058000000}"/>
+    <hyperlink ref="J48" r:id="rId90" xr:uid="{00000000-0004-0000-0100-000059000000}"/>
+    <hyperlink ref="I49" r:id="rId91" xr:uid="{00000000-0004-0000-0100-00005A000000}"/>
+    <hyperlink ref="J49" r:id="rId92" xr:uid="{00000000-0004-0000-0100-00005B000000}"/>
+    <hyperlink ref="I50" r:id="rId93" xr:uid="{00000000-0004-0000-0100-00005C000000}"/>
+    <hyperlink ref="J50" r:id="rId94" xr:uid="{00000000-0004-0000-0100-00005D000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId112"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:I990"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="L6" sqref="L6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="6.85546875" customWidth="1"/>
+    <col min="2" max="2" width="15.28515625" customWidth="1"/>
+    <col min="3" max="3" width="31.140625" customWidth="1"/>
+    <col min="4" max="4" width="14.140625" customWidth="1"/>
+    <col min="5" max="5" width="13.28515625" customWidth="1"/>
+    <col min="6" max="6" width="17.5703125" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="14" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="10.7109375" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="26.42578125" customWidth="1"/>
+    <col min="10" max="26" width="10.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+      <c r="A1" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="B1" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="19" t="s">
+        <v>238</v>
+      </c>
+      <c r="H1" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="19" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="16">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" s="1">
+        <v>43650</v>
+      </c>
+      <c r="I2" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="16">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" s="1">
+        <v>43690</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="16">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H4" s="1">
+        <v>43665</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A5" s="16">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H5" s="1">
+        <v>43567</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A6" s="16">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H6" s="1">
+        <v>43567</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A7" s="16">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H7" s="1">
+        <v>43699</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A8" s="16">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H8" s="1">
+        <v>43658</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="16">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H9" s="1">
+        <v>43658</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A10" s="16">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H10" s="1">
+        <v>43658</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A11" s="16">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H11" s="1">
+        <v>43658</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="16">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="H12" s="1">
+        <v>43796</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A13" s="16">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H13" s="1">
+        <v>43713</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="16">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H14" s="1">
+        <v>43713</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="16">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H15" s="1">
+        <v>43713</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="16">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H16" s="1">
+        <v>43713</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="16">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H17" s="1">
+        <v>43698</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="16">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H18" s="1">
+        <v>43696</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="16">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H19" s="1">
+        <v>43696</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="16">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H20" s="1">
+        <v>43819</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="16">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H21" s="1">
+        <v>43819</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="16">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H22" s="1">
+        <v>43699</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="16">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H23" s="1">
+        <v>43699</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="16">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H24" s="1">
+        <v>44664</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="16">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" s="1"/>
+      <c r="H25" s="1"/>
+      <c r="I25" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="16">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H26" s="1">
+        <v>43857</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="16">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="H27" s="1">
+        <v>44144</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="16">
+        <v>27</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H28" s="1">
+        <v>43894</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="16">
+        <v>28</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H29" s="1">
+        <v>45488</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="16">
+        <v>29</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H30" s="1">
+        <v>44872</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="16">
+        <v>30</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H31" s="1">
+        <v>45481</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="16">
+        <v>31</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H32" s="1">
+        <v>45558</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="16">
+        <v>32</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H33" s="1">
+        <v>45493</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="16">
+        <v>33</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H34" s="1">
+        <v>45492</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="16">
+        <v>34</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H35" s="1">
+        <v>45614</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="16">
+        <v>35</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="16">
+        <v>36</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="1"/>
+      <c r="G37" s="1"/>
+      <c r="H37" s="1"/>
+      <c r="I37" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="3"/>
+    </row>
+    <row r="39" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="3"/>
+    </row>
+    <row r="40" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="3"/>
+    </row>
+    <row r="41" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="3"/>
+    </row>
+    <row r="42" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="3"/>
+    </row>
+    <row r="43" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="3"/>
+    </row>
+    <row r="44" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="3"/>
+    </row>
+    <row r="45" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="3"/>
+    </row>
+    <row r="46" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="3"/>
+    </row>
+    <row r="47" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="3"/>
+    </row>
+    <row r="48" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="3"/>
+    </row>
+    <row r="49" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="3"/>
+    </row>
+    <row r="50" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="3"/>
+    </row>
+    <row r="51" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="3"/>
+    </row>
+    <row r="52" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="3"/>
+    </row>
+    <row r="53" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="3"/>
+    </row>
+    <row r="54" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="3"/>
+    </row>
+    <row r="55" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="3"/>
+    </row>
+    <row r="56" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="3"/>
+    </row>
+    <row r="57" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="3"/>
+    </row>
+    <row r="58" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="3"/>
+    </row>
+    <row r="59" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="3"/>
+    </row>
+    <row r="60" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="3"/>
+    </row>
+    <row r="61" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="3"/>
+    </row>
+    <row r="62" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="3"/>
+    </row>
+    <row r="63" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="3"/>
+    </row>
+    <row r="64" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="3"/>
+    </row>
+    <row r="65" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="3"/>
+    </row>
+    <row r="66" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="3"/>
+    </row>
+    <row r="67" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="3"/>
+    </row>
+    <row r="68" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="3"/>
+    </row>
+    <row r="69" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="3"/>
+    </row>
+    <row r="70" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="3"/>
+    </row>
+    <row r="71" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="3"/>
+    </row>
+    <row r="72" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="3"/>
+    </row>
+    <row r="73" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="3"/>
+    </row>
+    <row r="74" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="3"/>
+    </row>
+    <row r="75" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="3"/>
+    </row>
+    <row r="76" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="3"/>
+    </row>
+    <row r="77" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="3"/>
+    </row>
+    <row r="78" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="3"/>
+    </row>
+    <row r="79" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="3"/>
+    </row>
+    <row r="80" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="3"/>
+    </row>
+    <row r="81" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="3"/>
+    </row>
+    <row r="82" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="3"/>
+    </row>
+    <row r="83" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="3"/>
+    </row>
+    <row r="84" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="3"/>
+    </row>
+    <row r="85" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="3"/>
+    </row>
+    <row r="86" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="3"/>
+    </row>
+    <row r="87" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="3"/>
+    </row>
+    <row r="88" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="3"/>
+    </row>
+    <row r="89" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="3"/>
+    </row>
+    <row r="90" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="3"/>
+    </row>
+    <row r="91" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="3"/>
+    </row>
+    <row r="92" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="3"/>
+    </row>
+    <row r="93" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="3"/>
+    </row>
+    <row r="94" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="3"/>
+    </row>
+    <row r="95" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="3"/>
+    </row>
+    <row r="96" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="3"/>
+    </row>
+    <row r="97" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="3"/>
+    </row>
+    <row r="98" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="3"/>
+    </row>
+    <row r="99" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="3"/>
+    </row>
+    <row r="100" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="3"/>
+    </row>
+    <row r="101" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="3"/>
+    </row>
+    <row r="102" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="3"/>
+    </row>
+    <row r="103" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="3"/>
+    </row>
+    <row r="104" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="3"/>
+    </row>
+    <row r="105" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="3"/>
+    </row>
+    <row r="106" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="3"/>
+    </row>
+    <row r="107" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="3"/>
+    </row>
+    <row r="108" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="3"/>
+    </row>
+    <row r="109" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="3"/>
+    </row>
+    <row r="110" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="3"/>
+    </row>
+    <row r="111" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="3"/>
+    </row>
+    <row r="112" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="3"/>
+    </row>
+    <row r="113" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="3"/>
+    </row>
+    <row r="114" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="3"/>
+    </row>
+    <row r="115" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="3"/>
+    </row>
+    <row r="116" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="3"/>
+    </row>
+    <row r="117" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="3"/>
+    </row>
+    <row r="118" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="3"/>
+    </row>
+    <row r="119" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="3"/>
+    </row>
+    <row r="120" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="3"/>
+    </row>
+    <row r="121" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="3"/>
+    </row>
+    <row r="122" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="3"/>
+    </row>
+    <row r="123" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="3"/>
+    </row>
+    <row r="124" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="3"/>
+    </row>
+    <row r="125" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="3"/>
+    </row>
+    <row r="126" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="3"/>
+    </row>
+    <row r="127" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="3"/>
+    </row>
+    <row r="128" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="3"/>
+    </row>
+    <row r="129" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="3"/>
+    </row>
+    <row r="130" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="3"/>
+    </row>
+    <row r="131" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="3"/>
+    </row>
+    <row r="132" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="3"/>
+    </row>
+    <row r="133" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="3"/>
+    </row>
+    <row r="134" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="3"/>
+    </row>
+    <row r="135" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="3"/>
+    </row>
+    <row r="136" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="3"/>
+    </row>
+    <row r="137" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="3"/>
+    </row>
+    <row r="138" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="3"/>
+    </row>
+    <row r="139" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="3"/>
+    </row>
+    <row r="140" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="3"/>
+    </row>
+    <row r="141" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="3"/>
+    </row>
+    <row r="142" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="3"/>
+    </row>
+    <row r="143" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="3"/>
+    </row>
+    <row r="144" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="3"/>
+    </row>
+    <row r="145" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="3"/>
+    </row>
+    <row r="146" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="3"/>
+    </row>
+    <row r="147" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="3"/>
+    </row>
+    <row r="148" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="3"/>
+    </row>
+    <row r="149" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="3"/>
+    </row>
+    <row r="150" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="3"/>
+    </row>
+    <row r="151" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="3"/>
+    </row>
+    <row r="152" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="3"/>
+    </row>
+    <row r="153" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="3"/>
+    </row>
+    <row r="154" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="3"/>
+    </row>
+    <row r="155" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="3"/>
+    </row>
+    <row r="156" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="3"/>
+    </row>
+    <row r="157" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="3"/>
+    </row>
+    <row r="158" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="3"/>
+    </row>
+    <row r="159" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="3"/>
+    </row>
+    <row r="160" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="3"/>
+    </row>
+    <row r="161" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="3"/>
+    </row>
+    <row r="162" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="3"/>
+    </row>
+    <row r="163" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="3"/>
+    </row>
+    <row r="164" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="3"/>
+    </row>
+    <row r="165" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="3"/>
+    </row>
+    <row r="166" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="3"/>
+    </row>
+    <row r="167" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="3"/>
+    </row>
+    <row r="168" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="3"/>
+    </row>
+    <row r="169" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="3"/>
+    </row>
+    <row r="170" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="3"/>
+    </row>
+    <row r="171" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="3"/>
+    </row>
+    <row r="172" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="3"/>
+    </row>
+    <row r="173" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="3"/>
+    </row>
+    <row r="174" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="3"/>
+    </row>
+    <row r="175" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="3"/>
+    </row>
+    <row r="176" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="3"/>
+    </row>
+    <row r="177" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="3"/>
+    </row>
+    <row r="178" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="3"/>
+    </row>
+    <row r="179" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="3"/>
+    </row>
+    <row r="180" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="3"/>
+    </row>
+    <row r="181" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="3"/>
+    </row>
+    <row r="182" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="3"/>
+    </row>
+    <row r="183" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="3"/>
+    </row>
+    <row r="184" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="3"/>
+    </row>
+    <row r="185" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="3"/>
+    </row>
+    <row r="186" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="3"/>
+    </row>
+    <row r="187" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="3"/>
+    </row>
+    <row r="188" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="3"/>
+    </row>
+    <row r="189" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="3"/>
+    </row>
+    <row r="190" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="3"/>
+    </row>
+    <row r="191" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="3"/>
+    </row>
+    <row r="192" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="3"/>
+    </row>
+    <row r="193" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="3"/>
+    </row>
+    <row r="194" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="3"/>
+    </row>
+    <row r="195" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="3"/>
+    </row>
+    <row r="196" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="3"/>
+    </row>
+    <row r="197" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="3"/>
+    </row>
+    <row r="198" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="3"/>
+    </row>
+    <row r="199" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="3"/>
+    </row>
+    <row r="200" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="3"/>
+    </row>
+    <row r="201" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="3"/>
+    </row>
+    <row r="202" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="3"/>
+    </row>
+    <row r="203" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="3"/>
+    </row>
+    <row r="204" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="3"/>
+    </row>
+    <row r="205" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="3"/>
+    </row>
+    <row r="206" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="3"/>
+    </row>
+    <row r="207" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="3"/>
+    </row>
+    <row r="208" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="3"/>
+    </row>
+    <row r="209" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="3"/>
+    </row>
+    <row r="210" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="3"/>
+    </row>
+    <row r="211" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="3"/>
+    </row>
+    <row r="212" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="3"/>
+    </row>
+    <row r="213" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="3"/>
+    </row>
+    <row r="214" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="3"/>
+    </row>
+    <row r="215" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="3"/>
+    </row>
+    <row r="216" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="3"/>
+    </row>
+    <row r="217" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="3"/>
+    </row>
+    <row r="218" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="3"/>
+    </row>
+    <row r="219" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="3"/>
+    </row>
+    <row r="220" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="3"/>
+    </row>
+    <row r="221" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="3"/>
+    </row>
+    <row r="222" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="3"/>
+    </row>
+    <row r="223" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="3"/>
+    </row>
+    <row r="224" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="3"/>
+    </row>
+    <row r="225" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="3"/>
+    </row>
+    <row r="226" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="3"/>
+    </row>
+    <row r="227" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="3"/>
+    </row>
+    <row r="228" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="3"/>
+    </row>
+    <row r="229" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="3"/>
+    </row>
+    <row r="230" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="3"/>
+    </row>
+    <row r="231" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="3"/>
+    </row>
+    <row r="232" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="3"/>
+    </row>
+    <row r="233" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="3"/>
+    </row>
+    <row r="234" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="3"/>
+    </row>
+    <row r="235" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="3"/>
+    </row>
+    <row r="236" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="3"/>
+    </row>
+    <row r="237" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="3"/>
+    </row>
+    <row r="238" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="3"/>
+    </row>
+    <row r="239" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="3"/>
+    </row>
+    <row r="240" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="3"/>
+    </row>
+    <row r="241" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="3"/>
+    </row>
+    <row r="242" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="3"/>
+    </row>
+    <row r="243" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="3"/>
+    </row>
+    <row r="244" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="3"/>
+    </row>
+    <row r="245" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="3"/>
+    </row>
+    <row r="246" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="3"/>
+    </row>
+    <row r="247" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="3"/>
+    </row>
+    <row r="248" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="3"/>
+    </row>
+    <row r="249" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="3"/>
+    </row>
+    <row r="250" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="3"/>
+    </row>
+    <row r="251" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="3"/>
+    </row>
+    <row r="252" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="3"/>
+    </row>
+    <row r="253" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="3"/>
+    </row>
+    <row r="254" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="3"/>
+    </row>
+    <row r="255" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="3"/>
+    </row>
+    <row r="256" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="3"/>
+    </row>
+    <row r="257" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="3"/>
+    </row>
+    <row r="258" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="3"/>
+    </row>
+    <row r="259" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="3"/>
+    </row>
+    <row r="260" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="3"/>
+    </row>
+    <row r="261" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="3"/>
+    </row>
+    <row r="262" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="3"/>
+    </row>
+    <row r="263" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="3"/>
+    </row>
+    <row r="264" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="3"/>
+    </row>
+    <row r="265" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="3"/>
+    </row>
+    <row r="266" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="3"/>
+    </row>
+    <row r="267" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="3"/>
+    </row>
+    <row r="268" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="3"/>
+    </row>
+    <row r="269" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="3"/>
+    </row>
+    <row r="270" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="3"/>
+    </row>
+    <row r="271" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="3"/>
+    </row>
+    <row r="272" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="3"/>
+    </row>
+    <row r="273" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="3"/>
+    </row>
+    <row r="274" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="3"/>
+    </row>
+    <row r="275" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="3"/>
+    </row>
+    <row r="276" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="3"/>
+    </row>
+    <row r="277" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="3"/>
+    </row>
+    <row r="278" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="3"/>
+    </row>
+    <row r="279" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="3"/>
+    </row>
+    <row r="280" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="3"/>
+    </row>
+    <row r="281" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="3"/>
+    </row>
+    <row r="282" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="3"/>
+    </row>
+    <row r="283" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="3"/>
+    </row>
+    <row r="284" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="3"/>
+    </row>
+    <row r="285" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="3"/>
+    </row>
+    <row r="286" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="3"/>
+    </row>
+    <row r="287" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="3"/>
+    </row>
+    <row r="288" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="3"/>
+    </row>
+    <row r="289" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="3"/>
+    </row>
+    <row r="290" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="3"/>
+    </row>
+    <row r="291" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="3"/>
+    </row>
+    <row r="292" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="3"/>
+    </row>
+    <row r="293" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="3"/>
+    </row>
+    <row r="294" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="3"/>
+    </row>
+    <row r="295" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="3"/>
+    </row>
+    <row r="296" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="3"/>
+    </row>
+    <row r="297" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="3"/>
+    </row>
+    <row r="298" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="3"/>
+    </row>
+    <row r="299" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="3"/>
+    </row>
+    <row r="300" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="3"/>
+    </row>
+    <row r="301" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="3"/>
+    </row>
+    <row r="302" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="3"/>
+    </row>
+    <row r="303" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="3"/>
+    </row>
+    <row r="304" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="3"/>
+    </row>
+    <row r="305" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="3"/>
+    </row>
+    <row r="306" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="3"/>
+    </row>
+    <row r="307" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="3"/>
+    </row>
+    <row r="308" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="3"/>
+    </row>
+    <row r="309" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="3"/>
+    </row>
+    <row r="310" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="3"/>
+    </row>
+    <row r="311" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="3"/>
+    </row>
+    <row r="312" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="3"/>
+    </row>
+    <row r="313" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="3"/>
+    </row>
+    <row r="314" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="3"/>
+    </row>
+    <row r="315" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="3"/>
+    </row>
+    <row r="316" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="3"/>
+    </row>
+    <row r="317" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="3"/>
+    </row>
+    <row r="318" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="3"/>
+    </row>
+    <row r="319" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="3"/>
+    </row>
+    <row r="320" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="3"/>
+    </row>
+    <row r="321" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="3"/>
+    </row>
+    <row r="322" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="3"/>
+    </row>
+    <row r="323" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="3"/>
+    </row>
+    <row r="324" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="3"/>
+    </row>
+    <row r="325" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="3"/>
+    </row>
+    <row r="326" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="3"/>
+    </row>
+    <row r="327" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="3"/>
+    </row>
+    <row r="328" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="3"/>
+    </row>
+    <row r="329" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="3"/>
+    </row>
+    <row r="330" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="3"/>
+    </row>
+    <row r="331" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="3"/>
+    </row>
+    <row r="332" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="3"/>
+    </row>
+    <row r="333" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="3"/>
+    </row>
+    <row r="334" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="3"/>
+    </row>
+    <row r="335" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="3"/>
+    </row>
+    <row r="336" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="3"/>
+    </row>
+    <row r="337" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="3"/>
+    </row>
+    <row r="338" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="3"/>
+    </row>
+    <row r="339" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="3"/>
+    </row>
+    <row r="340" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="3"/>
+    </row>
+    <row r="341" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="3"/>
+    </row>
+    <row r="342" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="3"/>
+    </row>
+    <row r="343" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="3"/>
+    </row>
+    <row r="344" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="3"/>
+    </row>
+    <row r="345" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="3"/>
+    </row>
+    <row r="346" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="3"/>
+    </row>
+    <row r="347" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="3"/>
+    </row>
+    <row r="348" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="3"/>
+    </row>
+    <row r="349" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="3"/>
+    </row>
+    <row r="350" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="3"/>
+    </row>
+    <row r="351" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="3"/>
+    </row>
+    <row r="352" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="3"/>
+    </row>
+    <row r="353" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="3"/>
+    </row>
+    <row r="354" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="3"/>
+    </row>
+    <row r="355" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="3"/>
+    </row>
+    <row r="356" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="3"/>
+    </row>
+    <row r="357" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="3"/>
+    </row>
+    <row r="358" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="3"/>
+    </row>
+    <row r="359" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="3"/>
+    </row>
+    <row r="360" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="3"/>
+    </row>
+    <row r="361" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="3"/>
+    </row>
+    <row r="362" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="3"/>
+    </row>
+    <row r="363" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="3"/>
+    </row>
+    <row r="364" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="3"/>
+    </row>
+    <row r="365" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="3"/>
+    </row>
+    <row r="366" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="3"/>
+    </row>
+    <row r="367" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="3"/>
+    </row>
+    <row r="368" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="3"/>
+    </row>
+    <row r="369" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="3"/>
+    </row>
+    <row r="370" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="3"/>
+    </row>
+    <row r="371" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="3"/>
+    </row>
+    <row r="372" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="3"/>
+    </row>
+    <row r="373" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="3"/>
+    </row>
+    <row r="374" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="3"/>
+    </row>
+    <row r="375" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="3"/>
+    </row>
+    <row r="376" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="3"/>
+    </row>
+    <row r="377" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="3"/>
+    </row>
+    <row r="378" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="3"/>
+    </row>
+    <row r="379" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="3"/>
+    </row>
+    <row r="380" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="3"/>
+    </row>
+    <row r="381" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="3"/>
+    </row>
+    <row r="382" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="3"/>
+    </row>
+    <row r="383" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A383" s="3"/>
+    </row>
+    <row r="384" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="3"/>
+    </row>
+    <row r="385" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="3"/>
+    </row>
+    <row r="386" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="3"/>
+    </row>
+    <row r="387" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="3"/>
+    </row>
+    <row r="388" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="3"/>
+    </row>
+    <row r="389" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="3"/>
+    </row>
+    <row r="390" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="3"/>
+    </row>
+    <row r="391" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="3"/>
+    </row>
+    <row r="392" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="3"/>
+    </row>
+    <row r="393" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="3"/>
+    </row>
+    <row r="394" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="3"/>
+    </row>
+    <row r="395" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="3"/>
+    </row>
+    <row r="396" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A396" s="3"/>
+    </row>
+    <row r="397" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="3"/>
+    </row>
+    <row r="398" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A398" s="3"/>
+    </row>
+    <row r="399" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="3"/>
+    </row>
+    <row r="400" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="3"/>
+    </row>
+    <row r="401" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A401" s="3"/>
+    </row>
+    <row r="402" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A402" s="3"/>
+    </row>
+    <row r="403" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A403" s="3"/>
+    </row>
+    <row r="404" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="3"/>
+    </row>
+    <row r="405" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="3"/>
+    </row>
+    <row r="406" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A406" s="3"/>
+    </row>
+    <row r="407" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A407" s="3"/>
+    </row>
+    <row r="408" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="3"/>
+    </row>
+    <row r="409" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A409" s="3"/>
+    </row>
+    <row r="410" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A410" s="3"/>
+    </row>
+    <row r="411" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="3"/>
+    </row>
+    <row r="412" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A412" s="3"/>
+    </row>
+    <row r="413" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A413" s="3"/>
+    </row>
+    <row r="414" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A414" s="3"/>
+    </row>
+    <row r="415" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A415" s="3"/>
+    </row>
+    <row r="416" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A416" s="3"/>
+    </row>
+    <row r="417" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="3"/>
+    </row>
+    <row r="418" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="3"/>
+    </row>
+    <row r="419" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="3"/>
+    </row>
+    <row r="420" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A420" s="3"/>
+    </row>
+    <row r="421" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A421" s="3"/>
+    </row>
+    <row r="422" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A422" s="3"/>
+    </row>
+    <row r="423" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="3"/>
+    </row>
+    <row r="424" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="3"/>
+    </row>
+    <row r="425" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="3"/>
+    </row>
+    <row r="426" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="3"/>
+    </row>
+    <row r="427" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A427" s="3"/>
+    </row>
+    <row r="428" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="3"/>
+    </row>
+    <row r="429" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="3"/>
+    </row>
+    <row r="430" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A430" s="3"/>
+    </row>
+    <row r="431" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A431" s="3"/>
+    </row>
+    <row r="432" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="3"/>
+    </row>
+    <row r="433" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A433" s="3"/>
+    </row>
+    <row r="434" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A434" s="3"/>
+    </row>
+    <row r="435" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A435" s="3"/>
+    </row>
+    <row r="436" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A436" s="3"/>
+    </row>
+    <row r="437" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="3"/>
+    </row>
+    <row r="438" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="3"/>
+    </row>
+    <row r="439" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A439" s="3"/>
+    </row>
+    <row r="440" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A440" s="3"/>
+    </row>
+    <row r="441" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="3"/>
+    </row>
+    <row r="442" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A442" s="3"/>
+    </row>
+    <row r="443" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="3"/>
+    </row>
+    <row r="444" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A444" s="3"/>
+    </row>
+    <row r="445" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A445" s="3"/>
+    </row>
+    <row r="446" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="3"/>
+    </row>
+    <row r="447" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="3"/>
+    </row>
+    <row r="448" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A448" s="3"/>
+    </row>
+    <row r="449" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="3"/>
+    </row>
+    <row r="450" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="3"/>
+    </row>
+    <row r="451" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A451" s="3"/>
+    </row>
+    <row r="452" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="3"/>
+    </row>
+    <row r="453" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="3"/>
+    </row>
+    <row r="454" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A454" s="3"/>
+    </row>
+    <row r="455" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A455" s="3"/>
+    </row>
+    <row r="456" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A456" s="3"/>
+    </row>
+    <row r="457" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="3"/>
+    </row>
+    <row r="458" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A458" s="3"/>
+    </row>
+    <row r="459" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A459" s="3"/>
+    </row>
+    <row r="460" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A460" s="3"/>
+    </row>
+    <row r="461" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A461" s="3"/>
+    </row>
+    <row r="462" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A462" s="3"/>
+    </row>
+    <row r="463" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A463" s="3"/>
+    </row>
+    <row r="464" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A464" s="3"/>
+    </row>
+    <row r="465" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A465" s="3"/>
+    </row>
+    <row r="466" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A466" s="3"/>
+    </row>
+    <row r="467" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A467" s="3"/>
+    </row>
+    <row r="468" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A468" s="3"/>
+    </row>
+    <row r="469" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="3"/>
+    </row>
+    <row r="470" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A470" s="3"/>
+    </row>
+    <row r="471" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="3"/>
+    </row>
+    <row r="472" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A472" s="3"/>
+    </row>
+    <row r="473" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A473" s="3"/>
+    </row>
+    <row r="474" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="3"/>
+    </row>
+    <row r="475" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A475" s="3"/>
+    </row>
+    <row r="476" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="3"/>
+    </row>
+    <row r="477" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="3"/>
+    </row>
+    <row r="478" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="3"/>
+    </row>
+    <row r="479" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A479" s="3"/>
+    </row>
+    <row r="480" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A480" s="3"/>
+    </row>
+    <row r="481" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A481" s="3"/>
+    </row>
+    <row r="482" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A482" s="3"/>
+    </row>
+    <row r="483" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A483" s="3"/>
+    </row>
+    <row r="484" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A484" s="3"/>
+    </row>
+    <row r="485" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A485" s="3"/>
+    </row>
+    <row r="486" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A486" s="3"/>
+    </row>
+    <row r="487" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A487" s="3"/>
+    </row>
+    <row r="488" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A488" s="3"/>
+    </row>
+    <row r="489" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="3"/>
+    </row>
+    <row r="490" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A490" s="3"/>
+    </row>
+    <row r="491" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A491" s="3"/>
+    </row>
+    <row r="492" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A492" s="3"/>
+    </row>
+    <row r="493" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A493" s="3"/>
+    </row>
+    <row r="494" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A494" s="3"/>
+    </row>
+    <row r="495" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A495" s="3"/>
+    </row>
+    <row r="496" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A496" s="3"/>
+    </row>
+    <row r="497" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A497" s="3"/>
+    </row>
+    <row r="498" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A498" s="3"/>
+    </row>
+    <row r="499" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A499" s="3"/>
+    </row>
+    <row r="500" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A500" s="3"/>
+    </row>
+    <row r="501" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A501" s="3"/>
+    </row>
+    <row r="502" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A502" s="3"/>
+    </row>
+    <row r="503" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A503" s="3"/>
+    </row>
+    <row r="504" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A504" s="3"/>
+    </row>
+    <row r="505" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A505" s="3"/>
+    </row>
+    <row r="506" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A506" s="3"/>
+    </row>
+    <row r="507" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A507" s="3"/>
+    </row>
+    <row r="508" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A508" s="3"/>
+    </row>
+    <row r="509" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A509" s="3"/>
+    </row>
+    <row r="510" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A510" s="3"/>
+    </row>
+    <row r="511" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="3"/>
+    </row>
+    <row r="512" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A512" s="3"/>
+    </row>
+    <row r="513" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="3"/>
+    </row>
+    <row r="514" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="3"/>
+    </row>
+    <row r="515" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A515" s="3"/>
+    </row>
+    <row r="516" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A516" s="3"/>
+    </row>
+    <row r="517" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A517" s="3"/>
+    </row>
+    <row r="518" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A518" s="3"/>
+    </row>
+    <row r="519" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A519" s="3"/>
+    </row>
+    <row r="520" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A520" s="3"/>
+    </row>
+    <row r="521" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A521" s="3"/>
+    </row>
+    <row r="522" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A522" s="3"/>
+    </row>
+    <row r="523" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A523" s="3"/>
+    </row>
+    <row r="524" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A524" s="3"/>
+    </row>
+    <row r="525" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="3"/>
+    </row>
+    <row r="526" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A526" s="3"/>
+    </row>
+    <row r="527" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A527" s="3"/>
+    </row>
+    <row r="528" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A528" s="3"/>
+    </row>
+    <row r="529" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A529" s="3"/>
+    </row>
+    <row r="530" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A530" s="3"/>
+    </row>
+    <row r="531" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A531" s="3"/>
+    </row>
+    <row r="532" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A532" s="3"/>
+    </row>
+    <row r="533" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A533" s="3"/>
+    </row>
+    <row r="534" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A534" s="3"/>
+    </row>
+    <row r="535" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A535" s="3"/>
+    </row>
+    <row r="536" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A536" s="3"/>
+    </row>
+    <row r="537" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A537" s="3"/>
+    </row>
+    <row r="538" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A538" s="3"/>
+    </row>
+    <row r="539" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A539" s="3"/>
+    </row>
+    <row r="540" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A540" s="3"/>
+    </row>
+    <row r="541" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A541" s="3"/>
+    </row>
+    <row r="542" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A542" s="3"/>
+    </row>
+    <row r="543" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A543" s="3"/>
+    </row>
+    <row r="544" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A544" s="3"/>
+    </row>
+    <row r="545" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A545" s="3"/>
+    </row>
+    <row r="546" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A546" s="3"/>
+    </row>
+    <row r="547" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A547" s="3"/>
+    </row>
+    <row r="548" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A548" s="3"/>
+    </row>
+    <row r="549" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A549" s="3"/>
+    </row>
+    <row r="550" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A550" s="3"/>
+    </row>
+    <row r="551" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A551" s="3"/>
+    </row>
+    <row r="552" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A552" s="3"/>
+    </row>
+    <row r="553" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A553" s="3"/>
+    </row>
+    <row r="554" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A554" s="3"/>
+    </row>
+    <row r="555" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A555" s="3"/>
+    </row>
+    <row r="556" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A556" s="3"/>
+    </row>
+    <row r="557" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A557" s="3"/>
+    </row>
+    <row r="558" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A558" s="3"/>
+    </row>
+    <row r="559" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A559" s="3"/>
+    </row>
+    <row r="560" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A560" s="3"/>
+    </row>
+    <row r="561" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A561" s="3"/>
+    </row>
+    <row r="562" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A562" s="3"/>
+    </row>
+    <row r="563" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A563" s="3"/>
+    </row>
+    <row r="564" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A564" s="3"/>
+    </row>
+    <row r="565" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A565" s="3"/>
+    </row>
+    <row r="566" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A566" s="3"/>
+    </row>
+    <row r="567" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A567" s="3"/>
+    </row>
+    <row r="568" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A568" s="3"/>
+    </row>
+    <row r="569" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A569" s="3"/>
+    </row>
+    <row r="570" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A570" s="3"/>
+    </row>
+    <row r="571" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A571" s="3"/>
+    </row>
+    <row r="572" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A572" s="3"/>
+    </row>
+    <row r="573" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A573" s="3"/>
+    </row>
+    <row r="574" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A574" s="3"/>
+    </row>
+    <row r="575" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A575" s="3"/>
+    </row>
+    <row r="576" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A576" s="3"/>
+    </row>
+    <row r="577" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A577" s="3"/>
+    </row>
+    <row r="578" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A578" s="3"/>
+    </row>
+    <row r="579" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A579" s="3"/>
+    </row>
+    <row r="580" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A580" s="3"/>
+    </row>
+    <row r="581" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A581" s="3"/>
+    </row>
+    <row r="582" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A582" s="3"/>
+    </row>
+    <row r="583" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A583" s="3"/>
+    </row>
+    <row r="584" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A584" s="3"/>
+    </row>
+    <row r="585" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A585" s="3"/>
+    </row>
+    <row r="586" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A586" s="3"/>
+    </row>
+    <row r="587" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A587" s="3"/>
+    </row>
+    <row r="588" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A588" s="3"/>
+    </row>
+    <row r="589" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A589" s="3"/>
+    </row>
+    <row r="590" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A590" s="3"/>
+    </row>
+    <row r="591" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A591" s="3"/>
+    </row>
+    <row r="592" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A592" s="3"/>
+    </row>
+    <row r="593" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A593" s="3"/>
+    </row>
+    <row r="594" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A594" s="3"/>
+    </row>
+    <row r="595" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A595" s="3"/>
+    </row>
+    <row r="596" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A596" s="3"/>
+    </row>
+    <row r="597" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A597" s="3"/>
+    </row>
+    <row r="598" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A598" s="3"/>
+    </row>
+    <row r="599" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A599" s="3"/>
+    </row>
+    <row r="600" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A600" s="3"/>
+    </row>
+    <row r="601" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A601" s="3"/>
+    </row>
+    <row r="602" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A602" s="3"/>
+    </row>
+    <row r="603" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A603" s="3"/>
+    </row>
+    <row r="604" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A604" s="3"/>
+    </row>
+    <row r="605" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A605" s="3"/>
+    </row>
+    <row r="606" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A606" s="3"/>
+    </row>
+    <row r="607" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A607" s="3"/>
+    </row>
+    <row r="608" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A608" s="3"/>
+    </row>
+    <row r="609" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A609" s="3"/>
+    </row>
+    <row r="610" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A610" s="3"/>
+    </row>
+    <row r="611" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A611" s="3"/>
+    </row>
+    <row r="612" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A612" s="3"/>
+    </row>
+    <row r="613" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A613" s="3"/>
+    </row>
+    <row r="614" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A614" s="3"/>
+    </row>
+    <row r="615" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A615" s="3"/>
+    </row>
+    <row r="616" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A616" s="3"/>
+    </row>
+    <row r="617" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A617" s="3"/>
+    </row>
+    <row r="618" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A618" s="3"/>
+    </row>
+    <row r="619" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A619" s="3"/>
+    </row>
+    <row r="620" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A620" s="3"/>
+    </row>
+    <row r="621" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A621" s="3"/>
+    </row>
+    <row r="622" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A622" s="3"/>
+    </row>
+    <row r="623" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A623" s="3"/>
+    </row>
+    <row r="624" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A624" s="3"/>
+    </row>
+    <row r="625" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A625" s="3"/>
+    </row>
+    <row r="626" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A626" s="3"/>
+    </row>
+    <row r="627" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A627" s="3"/>
+    </row>
+    <row r="628" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A628" s="3"/>
+    </row>
+    <row r="629" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A629" s="3"/>
+    </row>
+    <row r="630" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A630" s="3"/>
+    </row>
+    <row r="631" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A631" s="3"/>
+    </row>
+    <row r="632" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A632" s="3"/>
+    </row>
+    <row r="633" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A633" s="3"/>
+    </row>
+    <row r="634" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A634" s="3"/>
+    </row>
+    <row r="635" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A635" s="3"/>
+    </row>
+    <row r="636" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A636" s="3"/>
+    </row>
+    <row r="637" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A637" s="3"/>
+    </row>
+    <row r="638" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A638" s="3"/>
+    </row>
+    <row r="639" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A639" s="3"/>
+    </row>
+    <row r="640" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A640" s="3"/>
+    </row>
+    <row r="641" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A641" s="3"/>
+    </row>
+    <row r="642" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A642" s="3"/>
+    </row>
+    <row r="643" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A643" s="3"/>
+    </row>
+    <row r="644" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A644" s="3"/>
+    </row>
+    <row r="645" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A645" s="3"/>
+    </row>
+    <row r="646" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A646" s="3"/>
+    </row>
+    <row r="647" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A647" s="3"/>
+    </row>
+    <row r="648" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A648" s="3"/>
+    </row>
+    <row r="649" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A649" s="3"/>
+    </row>
+    <row r="650" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A650" s="3"/>
+    </row>
+    <row r="651" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A651" s="3"/>
+    </row>
+    <row r="652" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A652" s="3"/>
+    </row>
+    <row r="653" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A653" s="3"/>
+    </row>
+    <row r="654" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A654" s="3"/>
+    </row>
+    <row r="655" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A655" s="3"/>
+    </row>
+    <row r="656" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A656" s="3"/>
+    </row>
+    <row r="657" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A657" s="3"/>
+    </row>
+    <row r="658" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A658" s="3"/>
+    </row>
+    <row r="659" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A659" s="3"/>
+    </row>
+    <row r="660" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A660" s="3"/>
+    </row>
+    <row r="661" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A661" s="3"/>
+    </row>
+    <row r="662" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A662" s="3"/>
+    </row>
+    <row r="663" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A663" s="3"/>
+    </row>
+    <row r="664" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A664" s="3"/>
+    </row>
+    <row r="665" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A665" s="3"/>
+    </row>
+    <row r="666" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A666" s="3"/>
+    </row>
+    <row r="667" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A667" s="3"/>
+    </row>
+    <row r="668" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A668" s="3"/>
+    </row>
+    <row r="669" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A669" s="3"/>
+    </row>
+    <row r="670" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A670" s="3"/>
+    </row>
+    <row r="671" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A671" s="3"/>
+    </row>
+    <row r="672" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A672" s="3"/>
+    </row>
+    <row r="673" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A673" s="3"/>
+    </row>
+    <row r="674" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A674" s="3"/>
+    </row>
+    <row r="675" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A675" s="3"/>
+    </row>
+    <row r="676" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A676" s="3"/>
+    </row>
+    <row r="677" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A677" s="3"/>
+    </row>
+    <row r="678" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A678" s="3"/>
+    </row>
+    <row r="679" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A679" s="3"/>
+    </row>
+    <row r="680" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A680" s="3"/>
+    </row>
+    <row r="681" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A681" s="3"/>
+    </row>
+    <row r="682" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A682" s="3"/>
+    </row>
+    <row r="683" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A683" s="3"/>
+    </row>
+    <row r="684" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A684" s="3"/>
+    </row>
+    <row r="685" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A685" s="3"/>
+    </row>
+    <row r="686" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A686" s="3"/>
+    </row>
+    <row r="687" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A687" s="3"/>
+    </row>
+    <row r="688" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A688" s="3"/>
+    </row>
+    <row r="689" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A689" s="3"/>
+    </row>
+    <row r="690" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A690" s="3"/>
+    </row>
+    <row r="691" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A691" s="3"/>
+    </row>
+    <row r="692" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A692" s="3"/>
+    </row>
+    <row r="693" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A693" s="3"/>
+    </row>
+    <row r="694" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A694" s="3"/>
+    </row>
+    <row r="695" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A695" s="3"/>
+    </row>
+    <row r="696" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A696" s="3"/>
+    </row>
+    <row r="697" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A697" s="3"/>
+    </row>
+    <row r="698" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A698" s="3"/>
+    </row>
+    <row r="699" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A699" s="3"/>
+    </row>
+    <row r="700" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A700" s="3"/>
+    </row>
+    <row r="701" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A701" s="3"/>
+    </row>
+    <row r="702" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A702" s="3"/>
+    </row>
+    <row r="703" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A703" s="3"/>
+    </row>
+    <row r="704" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A704" s="3"/>
+    </row>
+    <row r="705" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A705" s="3"/>
+    </row>
+    <row r="706" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A706" s="3"/>
+    </row>
+    <row r="707" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A707" s="3"/>
+    </row>
+    <row r="708" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A708" s="3"/>
+    </row>
+    <row r="709" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A709" s="3"/>
+    </row>
+    <row r="710" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A710" s="3"/>
+    </row>
+    <row r="711" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A711" s="3"/>
+    </row>
+    <row r="712" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A712" s="3"/>
+    </row>
+    <row r="713" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A713" s="3"/>
+    </row>
+    <row r="714" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A714" s="3"/>
+    </row>
+    <row r="715" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A715" s="3"/>
+    </row>
+    <row r="716" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A716" s="3"/>
+    </row>
+    <row r="717" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A717" s="3"/>
+    </row>
+    <row r="718" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A718" s="3"/>
+    </row>
+    <row r="719" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A719" s="3"/>
+    </row>
+    <row r="720" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A720" s="3"/>
+    </row>
+    <row r="721" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A721" s="3"/>
+    </row>
+    <row r="722" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A722" s="3"/>
+    </row>
+    <row r="723" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A723" s="3"/>
+    </row>
+    <row r="724" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A724" s="3"/>
+    </row>
+    <row r="725" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A725" s="3"/>
+    </row>
+    <row r="726" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A726" s="3"/>
+    </row>
+    <row r="727" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A727" s="3"/>
+    </row>
+    <row r="728" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A728" s="3"/>
+    </row>
+    <row r="729" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A729" s="3"/>
+    </row>
+    <row r="730" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A730" s="3"/>
+    </row>
+    <row r="731" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A731" s="3"/>
+    </row>
+    <row r="732" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A732" s="3"/>
+    </row>
+    <row r="733" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A733" s="3"/>
+    </row>
+    <row r="734" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A734" s="3"/>
+    </row>
+    <row r="735" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A735" s="3"/>
+    </row>
+    <row r="736" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A736" s="3"/>
+    </row>
+    <row r="737" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A737" s="3"/>
+    </row>
+    <row r="738" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A738" s="3"/>
+    </row>
+    <row r="739" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A739" s="3"/>
+    </row>
+    <row r="740" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A740" s="3"/>
+    </row>
+    <row r="741" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A741" s="3"/>
+    </row>
+    <row r="742" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A742" s="3"/>
+    </row>
+    <row r="743" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A743" s="3"/>
+    </row>
+    <row r="744" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A744" s="3"/>
+    </row>
+    <row r="745" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A745" s="3"/>
+    </row>
+    <row r="746" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A746" s="3"/>
+    </row>
+    <row r="747" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A747" s="3"/>
+    </row>
+    <row r="748" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A748" s="3"/>
+    </row>
+    <row r="749" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A749" s="3"/>
+    </row>
+    <row r="750" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A750" s="3"/>
+    </row>
+    <row r="751" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A751" s="3"/>
+    </row>
+    <row r="752" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A752" s="3"/>
+    </row>
+    <row r="753" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A753" s="3"/>
+    </row>
+    <row r="754" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A754" s="3"/>
+    </row>
+    <row r="755" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A755" s="3"/>
+    </row>
+    <row r="756" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A756" s="3"/>
+    </row>
+    <row r="757" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A757" s="3"/>
+    </row>
+    <row r="758" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A758" s="3"/>
+    </row>
+    <row r="759" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A759" s="3"/>
+    </row>
+    <row r="760" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A760" s="3"/>
+    </row>
+    <row r="761" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A761" s="3"/>
+    </row>
+    <row r="762" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A762" s="3"/>
+    </row>
+    <row r="763" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A763" s="3"/>
+    </row>
+    <row r="764" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A764" s="3"/>
+    </row>
+    <row r="765" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A765" s="3"/>
+    </row>
+    <row r="766" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A766" s="3"/>
+    </row>
+    <row r="767" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A767" s="3"/>
+    </row>
+    <row r="768" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A768" s="3"/>
+    </row>
+    <row r="769" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A769" s="3"/>
+    </row>
+    <row r="770" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A770" s="3"/>
+    </row>
+    <row r="771" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A771" s="3"/>
+    </row>
+    <row r="772" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A772" s="3"/>
+    </row>
+    <row r="773" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A773" s="3"/>
+    </row>
+    <row r="774" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A774" s="3"/>
+    </row>
+    <row r="775" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A775" s="3"/>
+    </row>
+    <row r="776" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A776" s="3"/>
+    </row>
+    <row r="777" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A777" s="3"/>
+    </row>
+    <row r="778" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A778" s="3"/>
+    </row>
+    <row r="779" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A779" s="3"/>
+    </row>
+    <row r="780" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A780" s="3"/>
+    </row>
+    <row r="781" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A781" s="3"/>
+    </row>
+    <row r="782" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A782" s="3"/>
+    </row>
+    <row r="783" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A783" s="3"/>
+    </row>
+    <row r="784" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A784" s="3"/>
+    </row>
+    <row r="785" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A785" s="3"/>
+    </row>
+    <row r="786" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A786" s="3"/>
+    </row>
+    <row r="787" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A787" s="3"/>
+    </row>
+    <row r="788" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A788" s="3"/>
+    </row>
+    <row r="789" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A789" s="3"/>
+    </row>
+    <row r="790" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A790" s="3"/>
+    </row>
+    <row r="791" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A791" s="3"/>
+    </row>
+    <row r="792" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A792" s="3"/>
+    </row>
+    <row r="793" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A793" s="3"/>
+    </row>
+    <row r="794" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A794" s="3"/>
+    </row>
+    <row r="795" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A795" s="3"/>
+    </row>
+    <row r="796" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A796" s="3"/>
+    </row>
+    <row r="797" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A797" s="3"/>
+    </row>
+    <row r="798" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A798" s="3"/>
+    </row>
+    <row r="799" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A799" s="3"/>
+    </row>
+    <row r="800" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A800" s="3"/>
+    </row>
+    <row r="801" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A801" s="3"/>
+    </row>
+    <row r="802" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A802" s="3"/>
+    </row>
+    <row r="803" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A803" s="3"/>
+    </row>
+    <row r="804" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A804" s="3"/>
+    </row>
+    <row r="805" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A805" s="3"/>
+    </row>
+    <row r="806" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A806" s="3"/>
+    </row>
+    <row r="807" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A807" s="3"/>
+    </row>
+    <row r="808" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A808" s="3"/>
+    </row>
+    <row r="809" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A809" s="3"/>
+    </row>
+    <row r="810" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A810" s="3"/>
+    </row>
+    <row r="811" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A811" s="3"/>
+    </row>
+    <row r="812" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A812" s="3"/>
+    </row>
+    <row r="813" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A813" s="3"/>
+    </row>
+    <row r="814" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A814" s="3"/>
+    </row>
+    <row r="815" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A815" s="3"/>
+    </row>
+    <row r="816" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A816" s="3"/>
+    </row>
+    <row r="817" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A817" s="3"/>
+    </row>
+    <row r="818" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A818" s="3"/>
+    </row>
+    <row r="819" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A819" s="3"/>
+    </row>
+    <row r="820" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A820" s="3"/>
+    </row>
+    <row r="821" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A821" s="3"/>
+    </row>
+    <row r="822" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A822" s="3"/>
+    </row>
+    <row r="823" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A823" s="3"/>
+    </row>
+    <row r="824" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A824" s="3"/>
+    </row>
+    <row r="825" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A825" s="3"/>
+    </row>
+    <row r="826" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A826" s="3"/>
+    </row>
+    <row r="827" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A827" s="3"/>
+    </row>
+    <row r="828" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A828" s="3"/>
+    </row>
+    <row r="829" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A829" s="3"/>
+    </row>
+    <row r="830" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A830" s="3"/>
+    </row>
+    <row r="831" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A831" s="3"/>
+    </row>
+    <row r="832" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A832" s="3"/>
+    </row>
+    <row r="833" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A833" s="3"/>
+    </row>
+    <row r="834" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A834" s="3"/>
+    </row>
+    <row r="835" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A835" s="3"/>
+    </row>
+    <row r="836" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A836" s="3"/>
+    </row>
+    <row r="837" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A837" s="3"/>
+    </row>
+    <row r="838" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A838" s="3"/>
+    </row>
+    <row r="839" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A839" s="3"/>
+    </row>
+    <row r="840" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A840" s="3"/>
+    </row>
+    <row r="841" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A841" s="3"/>
+    </row>
+    <row r="842" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A842" s="3"/>
+    </row>
+    <row r="843" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A843" s="3"/>
+    </row>
+    <row r="844" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A844" s="3"/>
+    </row>
+    <row r="845" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A845" s="3"/>
+    </row>
+    <row r="846" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A846" s="3"/>
+    </row>
+    <row r="847" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A847" s="3"/>
+    </row>
+    <row r="848" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A848" s="3"/>
+    </row>
+    <row r="849" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A849" s="3"/>
+    </row>
+    <row r="850" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A850" s="3"/>
+    </row>
+    <row r="851" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A851" s="3"/>
+    </row>
+    <row r="852" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A852" s="3"/>
+    </row>
+    <row r="853" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A853" s="3"/>
+    </row>
+    <row r="854" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A854" s="3"/>
+    </row>
+    <row r="855" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A855" s="3"/>
+    </row>
+    <row r="856" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A856" s="3"/>
+    </row>
+    <row r="857" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A857" s="3"/>
+    </row>
+    <row r="858" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A858" s="3"/>
+    </row>
+    <row r="859" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A859" s="3"/>
+    </row>
+    <row r="860" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A860" s="3"/>
+    </row>
+    <row r="861" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A861" s="3"/>
+    </row>
+    <row r="862" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A862" s="3"/>
+    </row>
+    <row r="863" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A863" s="3"/>
+    </row>
+    <row r="864" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A864" s="3"/>
+    </row>
+    <row r="865" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A865" s="3"/>
+    </row>
+    <row r="866" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A866" s="3"/>
+    </row>
+    <row r="867" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A867" s="3"/>
+    </row>
+    <row r="868" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A868" s="3"/>
+    </row>
+    <row r="869" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A869" s="3"/>
+    </row>
+    <row r="870" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A870" s="3"/>
+    </row>
+    <row r="871" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A871" s="3"/>
+    </row>
+    <row r="872" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A872" s="3"/>
+    </row>
+    <row r="873" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A873" s="3"/>
+    </row>
+    <row r="874" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A874" s="3"/>
+    </row>
+    <row r="875" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A875" s="3"/>
+    </row>
+    <row r="876" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A876" s="3"/>
+    </row>
+    <row r="877" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A877" s="3"/>
+    </row>
+    <row r="878" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A878" s="3"/>
+    </row>
+    <row r="879" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A879" s="3"/>
+    </row>
+    <row r="880" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A880" s="3"/>
+    </row>
+    <row r="881" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A881" s="3"/>
+    </row>
+    <row r="882" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A882" s="3"/>
+    </row>
+    <row r="883" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A883" s="3"/>
+    </row>
+    <row r="884" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A884" s="3"/>
+    </row>
+    <row r="885" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A885" s="3"/>
+    </row>
+    <row r="886" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A886" s="3"/>
+    </row>
+    <row r="887" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A887" s="3"/>
+    </row>
+    <row r="888" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A888" s="3"/>
+    </row>
+    <row r="889" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A889" s="3"/>
+    </row>
+    <row r="890" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A890" s="3"/>
+    </row>
+    <row r="891" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A891" s="3"/>
+    </row>
+    <row r="892" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A892" s="3"/>
+    </row>
+    <row r="893" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A893" s="3"/>
+    </row>
+    <row r="894" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A894" s="3"/>
+    </row>
+    <row r="895" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A895" s="3"/>
+    </row>
+    <row r="896" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A896" s="3"/>
+    </row>
+    <row r="897" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A897" s="3"/>
+    </row>
+    <row r="898" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A898" s="3"/>
+    </row>
+    <row r="899" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A899" s="3"/>
+    </row>
+    <row r="900" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A900" s="3"/>
+    </row>
+    <row r="901" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A901" s="3"/>
+    </row>
+    <row r="902" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A902" s="3"/>
+    </row>
+    <row r="903" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A903" s="3"/>
+    </row>
+    <row r="904" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A904" s="3"/>
+    </row>
+    <row r="905" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A905" s="3"/>
+    </row>
+    <row r="906" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A906" s="3"/>
+    </row>
+    <row r="907" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A907" s="3"/>
+    </row>
+    <row r="908" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A908" s="3"/>
+    </row>
+    <row r="909" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A909" s="3"/>
+    </row>
+    <row r="910" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A910" s="3"/>
+    </row>
+    <row r="911" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A911" s="3"/>
+    </row>
+    <row r="912" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A912" s="3"/>
+    </row>
+    <row r="913" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A913" s="3"/>
+    </row>
+    <row r="914" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A914" s="3"/>
+    </row>
+    <row r="915" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A915" s="3"/>
+    </row>
+    <row r="916" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A916" s="3"/>
+    </row>
+    <row r="917" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A917" s="3"/>
+    </row>
+    <row r="918" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A918" s="3"/>
+    </row>
+    <row r="919" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A919" s="3"/>
+    </row>
+    <row r="920" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A920" s="3"/>
+    </row>
+    <row r="921" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A921" s="3"/>
+    </row>
+    <row r="922" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A922" s="3"/>
+    </row>
+    <row r="923" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A923" s="3"/>
+    </row>
+    <row r="924" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A924" s="3"/>
+    </row>
+    <row r="925" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A925" s="3"/>
+    </row>
+    <row r="926" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A926" s="3"/>
+    </row>
+    <row r="927" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A927" s="3"/>
+    </row>
+    <row r="928" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A928" s="3"/>
+    </row>
+    <row r="929" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A929" s="3"/>
+    </row>
+    <row r="930" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A930" s="3"/>
+    </row>
+    <row r="931" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A931" s="3"/>
+    </row>
+    <row r="932" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A932" s="3"/>
+    </row>
+    <row r="933" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A933" s="3"/>
+    </row>
+    <row r="934" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A934" s="3"/>
+    </row>
+    <row r="935" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A935" s="3"/>
+    </row>
+    <row r="936" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A936" s="3"/>
+    </row>
+    <row r="937" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A937" s="3"/>
+    </row>
+    <row r="938" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A938" s="3"/>
+    </row>
+    <row r="939" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A939" s="3"/>
+    </row>
+    <row r="940" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A940" s="3"/>
+    </row>
+    <row r="941" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A941" s="3"/>
+    </row>
+    <row r="942" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A942" s="3"/>
+    </row>
+    <row r="943" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A943" s="3"/>
+    </row>
+    <row r="944" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A944" s="3"/>
+    </row>
+    <row r="945" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A945" s="3"/>
+    </row>
+    <row r="946" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A946" s="3"/>
+    </row>
+    <row r="947" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A947" s="3"/>
+    </row>
+    <row r="948" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A948" s="3"/>
+    </row>
+    <row r="949" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A949" s="3"/>
+    </row>
+    <row r="950" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A950" s="3"/>
+    </row>
+    <row r="951" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A951" s="3"/>
+    </row>
+    <row r="952" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A952" s="3"/>
+    </row>
+    <row r="953" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A953" s="3"/>
+    </row>
+    <row r="954" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A954" s="3"/>
+    </row>
+    <row r="955" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A955" s="3"/>
+    </row>
+    <row r="956" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A956" s="3"/>
+    </row>
+    <row r="957" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A957" s="3"/>
+    </row>
+    <row r="958" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A958" s="3"/>
+    </row>
+    <row r="959" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A959" s="3"/>
+    </row>
+    <row r="960" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A960" s="3"/>
+    </row>
+    <row r="961" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A961" s="3"/>
+    </row>
+    <row r="962" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A962" s="3"/>
+    </row>
+    <row r="963" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A963" s="3"/>
+    </row>
+    <row r="964" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A964" s="3"/>
+    </row>
+    <row r="965" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A965" s="3"/>
+    </row>
+    <row r="966" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A966" s="3"/>
+    </row>
+    <row r="967" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A967" s="3"/>
+    </row>
+    <row r="968" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A968" s="3"/>
+    </row>
+    <row r="969" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A969" s="3"/>
+    </row>
+    <row r="970" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A970" s="3"/>
+    </row>
+    <row r="971" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A971" s="3"/>
+    </row>
+    <row r="972" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A972" s="3"/>
+    </row>
+    <row r="973" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A973" s="3"/>
+    </row>
+    <row r="974" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A974" s="3"/>
+    </row>
+    <row r="975" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A975" s="3"/>
+    </row>
+    <row r="976" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A976" s="3"/>
+    </row>
+    <row r="977" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A977" s="3"/>
+    </row>
+    <row r="978" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A978" s="3"/>
+    </row>
+    <row r="979" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A979" s="3"/>
+    </row>
+    <row r="980" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A980" s="3"/>
+    </row>
+    <row r="981" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A981" s="3"/>
+    </row>
+    <row r="982" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A982" s="3"/>
+    </row>
+    <row r="983" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A983" s="3"/>
+    </row>
+    <row r="984" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A984" s="3"/>
+    </row>
+    <row r="985" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A985" s="3"/>
+    </row>
+    <row r="986" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A986" s="3"/>
+    </row>
+    <row r="987" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A987" s="3"/>
+    </row>
+    <row r="988" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A988" s="3"/>
+    </row>
+    <row r="989" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A989" s="3"/>
+    </row>
+    <row r="990" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A990" s="3"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:I24" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
+  <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>1. Políticas Nacionales</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>1. PN APROBADAS</vt:lpstr>
+      <vt:lpstr>2. PN EN PROCESO (FORM. Y ACT)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Usuario</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>